--- v0 (2025-11-08)
+++ v1 (2026-02-14)
@@ -636,50 +636,53 @@
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>RED</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Rob Berry</v>
       </c>
       <c r="E3">
         <v>-1</v>
       </c>
       <c r="F3">
         <v>63</v>
       </c>
+      <c r="G3">
+        <v>315818</v>
+      </c>
       <c r="H3" t="str">
         <v>robertberry</v>
       </c>
       <c r="I3">
         <v>-1</v>
       </c>
       <c r="J3">
         <v>63</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">