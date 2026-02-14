--- v0 (2025-11-29)
+++ v1 (2026-02-14)
@@ -894,50 +894,53 @@
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T3</v>
       </c>
       <c r="C6">
         <v>3</v>
       </c>
       <c r="D6" t="str">
         <v>Rob Berry</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
         <v>62</v>
       </c>
+      <c r="G6">
+        <v>315818</v>
+      </c>
       <c r="H6" t="str">
         <v>robertberry</v>
       </c>
       <c r="I6">
         <v>6</v>
       </c>
       <c r="J6">
         <v>62</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>5</v>
       </c>
       <c r="P6">
@@ -981,51 +984,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Brian Frankson</v>
       </c>
       <c r="E7">
         <v>9</v>
       </c>
       <c r="F7">
         <v>65</v>
       </c>
       <c r="G7">
         <v>158555</v>
       </c>
       <c r="H7" t="str">
-        <v>bgfrankson</v>
+        <v>bgdiscs</v>
       </c>
       <c r="I7">
         <v>9</v>
       </c>
       <c r="J7">
         <v>65</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7">
         <v>6</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>