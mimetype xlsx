--- v0 (2025-10-30)
+++ v1 (2026-02-11)
@@ -1595,50 +1595,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>Novice</v>
       </c>
       <c r="B20" t="str">
         <v>T3</v>
       </c>
       <c r="C20">
         <v>3</v>
       </c>
       <c r="D20" t="str">
         <v>Andy Britt</v>
       </c>
       <c r="E20">
         <v>-2</v>
       </c>
       <c r="F20">
         <v>25</v>
       </c>
       <c r="G20">
         <v>2</v>
       </c>
+      <c r="H20">
+        <v>318438</v>
+      </c>
       <c r="I20" t="str">
         <v>chezus</v>
       </c>
       <c r="J20">
         <v>-2</v>
       </c>
       <c r="K20">
         <v>25</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>2</v>
       </c>
       <c r="Q20">
@@ -1709,50 +1712,53 @@
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">
         <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>Novice</v>
       </c>
       <c r="B22" t="str">
         <v>DUP</v>
       </c>
       <c r="D22" t="str">
         <v>Andy Britt</v>
       </c>
       <c r="E22">
         <v>-2</v>
       </c>
       <c r="F22">
         <v>25</v>
       </c>
       <c r="G22">
         <v>1</v>
+      </c>
+      <c r="H22">
+        <v>318438</v>
       </c>
       <c r="I22" t="str">
         <v>chezus</v>
       </c>
       <c r="J22">
         <v>-2</v>
       </c>
       <c r="K22">
         <v>25</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>2</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>2</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>