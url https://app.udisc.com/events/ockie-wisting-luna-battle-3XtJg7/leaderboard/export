--- v0 (2025-12-20)
+++ v1 (2026-02-13)
@@ -1809,257 +1809,260 @@
       </c>
       <c r="AH12">
         <v>4</v>
       </c>
       <c r="AI12">
         <v>3</v>
       </c>
       <c r="AJ12">
         <v>3</v>
       </c>
       <c r="AK12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
-        <v>Herbie Cobleigh</v>
+        <v>Steve Tracey</v>
       </c>
       <c r="E13">
         <v>6</v>
       </c>
       <c r="F13">
         <v>89</v>
       </c>
+      <c r="G13">
+        <v>276278</v>
+      </c>
       <c r="H13" t="str">
-        <v>herbiec</v>
+        <v>crazytracey</v>
       </c>
       <c r="I13">
         <v>6</v>
       </c>
       <c r="J13">
         <v>89</v>
       </c>
       <c r="K13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>4</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q13">
         <v>5</v>
       </c>
       <c r="R13">
         <v>2</v>
       </c>
       <c r="S13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
       <c r="AC13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE13">
         <v>3</v>
       </c>
       <c r="AF13">
         <v>4</v>
       </c>
       <c r="AG13">
         <v>3</v>
       </c>
       <c r="AH13">
         <v>3</v>
       </c>
       <c r="AI13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AJ13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AK13">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T11</v>
       </c>
       <c r="C14">
         <v>11</v>
       </c>
       <c r="D14" t="str">
-        <v>Steve Tracey</v>
+        <v>Herbie Cobleigh</v>
       </c>
       <c r="E14">
         <v>6</v>
       </c>
       <c r="F14">
         <v>89</v>
       </c>
       <c r="H14" t="str">
-        <v>crazytracey</v>
+        <v>herbiec</v>
       </c>
       <c r="I14">
         <v>6</v>
       </c>
       <c r="J14">
         <v>89</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q14">
         <v>5</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
       <c r="AC14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE14">
         <v>3</v>
       </c>
       <c r="AF14">
         <v>4</v>
       </c>
       <c r="AG14">
         <v>3</v>
       </c>
       <c r="AH14">
         <v>3</v>
       </c>
       <c r="AI14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AJ14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AK14">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Alec eckert</v>
       </c>
       <c r="E15">
         <v>7</v>
       </c>
       <c r="F15">
         <v>90</v>
       </c>
       <c r="H15" t="str">
         <v>alececkert87</v>
       </c>
       <c r="I15">