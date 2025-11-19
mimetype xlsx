--- v0 (2025-10-30)
+++ v1 (2025-11-19)
@@ -583,50 +583,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v xml:space="preserve">Brandon Logan </v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>28</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
+      <c r="H3">
+        <v>315941</v>
+      </c>
       <c r="I3" t="str">
         <v>arestix</v>
       </c>
       <c r="J3">
         <v>1</v>
       </c>
       <c r="K3">
         <v>28</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
@@ -1116,50 +1119,53 @@
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>DUP</v>
       </c>
       <c r="D12" t="str">
         <v xml:space="preserve">Brandon Logan </v>
       </c>
       <c r="E12">
         <v>10</v>
       </c>
       <c r="F12">
         <v>37</v>
       </c>
       <c r="G12">
         <v>1</v>
+      </c>
+      <c r="H12">
+        <v>315941</v>
       </c>
       <c r="I12" t="str">
         <v>arestix</v>
       </c>
       <c r="J12">
         <v>10</v>
       </c>
       <c r="K12">
         <v>37</v>
       </c>
       <c r="L12">
         <v>7</v>
       </c>
       <c r="M12">
         <v>7</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>