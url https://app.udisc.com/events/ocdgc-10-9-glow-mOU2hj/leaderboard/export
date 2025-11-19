--- v0 (2025-10-30)
+++ v1 (2025-11-19)
@@ -881,50 +881,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v xml:space="preserve">Brandon Logan </v>
       </c>
       <c r="E8">
         <v>9</v>
       </c>
       <c r="F8">
         <v>36</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
+      <c r="H8">
+        <v>315941</v>
+      </c>
       <c r="I8" t="str">
         <v>arestix</v>
       </c>
       <c r="J8">
         <v>9</v>
       </c>
       <c r="K8">
         <v>36</v>
       </c>
       <c r="L8">
         <v>5</v>
       </c>
       <c r="M8">
         <v>7</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>5</v>
       </c>
       <c r="Q8">