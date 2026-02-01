--- v0 (2025-10-19)
+++ v1 (2026-02-01)
@@ -2290,209 +2290,212 @@
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MPO</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
-        <v>Emmanuel Pavia</v>
+        <v>Jeff Broderick</v>
       </c>
       <c r="E22">
         <v>6</v>
       </c>
       <c r="F22">
         <v>63</v>
       </c>
+      <c r="G22">
+        <v>267659</v>
+      </c>
       <c r="H22" t="str">
-        <v>ejp824</v>
+        <v>jeff95</v>
       </c>
       <c r="I22">
         <v>6</v>
       </c>
       <c r="J22">
         <v>63</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y22">
         <v>3</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC22">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MPO</v>
       </c>
       <c r="B23" t="str">
         <v>T21</v>
       </c>
       <c r="C23">
         <v>21</v>
       </c>
       <c r="D23" t="str">
-        <v>Jeff Broderick</v>
+        <v>Emmanuel Pavia</v>
       </c>
       <c r="E23">
         <v>6</v>
       </c>
       <c r="F23">
         <v>63</v>
       </c>
       <c r="H23" t="str">
-        <v>jeff95</v>
+        <v>ejp824</v>
       </c>
       <c r="I23">
         <v>6</v>
       </c>
       <c r="J23">
         <v>63</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U23">
         <v>3</v>
       </c>
       <c r="V23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC23">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MPO</v>
       </c>
       <c r="B24" t="str">
         <v>23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v>Shelby Klein</v>
       </c>
       <c r="E24">
         <v>9</v>
       </c>
       <c r="F24">
         <v>66</v>
       </c>
       <c r="G24">
         <v>198247</v>
       </c>
       <c r="H24" t="str">