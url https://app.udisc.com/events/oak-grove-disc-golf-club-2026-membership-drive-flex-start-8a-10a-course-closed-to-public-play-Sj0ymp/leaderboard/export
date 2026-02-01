--- v0 (2026-01-12)
+++ v1 (2026-02-01)
@@ -2084,218 +2084,221 @@
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
       <c r="AC18">
         <v>4</v>
       </c>
       <c r="AD18">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MPO</v>
       </c>
       <c r="B19" t="str">
         <v>T18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
-        <v>Carsten Sondergaard</v>
+        <v>Anson Morse</v>
       </c>
       <c r="E19">
         <v>5</v>
       </c>
       <c r="F19">
         <v>70</v>
       </c>
       <c r="G19">
-        <v>158036</v>
+        <v>10485</v>
       </c>
       <c r="H19" t="str">
-        <v>cjsondergaard27</v>
+        <v>sdelectric</v>
       </c>
       <c r="I19">
         <v>5</v>
       </c>
       <c r="J19">
         <v>70</v>
       </c>
       <c r="K19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P19">
         <v>2</v>
       </c>
       <c r="Q19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
         <v>4</v>
       </c>
       <c r="X19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC19">
         <v>3</v>
       </c>
       <c r="AD19">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MPO</v>
       </c>
       <c r="B20" t="str">
         <v>T18</v>
       </c>
       <c r="C20">
         <v>18</v>
       </c>
       <c r="D20" t="str">
-        <v>Anson Morse</v>
+        <v>Carsten Sondergaard</v>
       </c>
       <c r="E20">
         <v>5</v>
       </c>
       <c r="F20">
         <v>70</v>
       </c>
+      <c r="G20">
+        <v>158036</v>
+      </c>
       <c r="H20" t="str">
-        <v>sdelectric</v>
+        <v>cjsondergaard27</v>
       </c>
       <c r="I20">
         <v>5</v>
       </c>
       <c r="J20">
         <v>70</v>
       </c>
       <c r="K20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>4</v>
       </c>
       <c r="N20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P20">
         <v>2</v>
       </c>
       <c r="Q20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
         <v>4</v>
       </c>
       <c r="X20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC20">
         <v>3</v>
       </c>
       <c r="AD20">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MPO</v>
       </c>
       <c r="B21" t="str">
         <v>T18</v>
       </c>
       <c r="C21">
         <v>18</v>
       </c>
       <c r="D21" t="str">
         <v>Bennette Sebastian</v>
       </c>
       <c r="E21">
         <v>5</v>
       </c>
       <c r="F21">
         <v>70</v>
       </c>
       <c r="H21" t="str">
         <v>bennetteseb</v>
       </c>
       <c r="I21">