--- v0 (2025-10-20)
+++ v1 (2026-02-01)
@@ -644,51 +644,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Greg</v>
       </c>
       <c r="E3">
         <v>-3</v>
       </c>
       <c r="F3">
         <v>52</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3" t="str">
-        <v>nwo4life</v>
+        <v>stretchhh</v>
       </c>
       <c r="J3">
         <v>-3</v>
       </c>
       <c r="K3">
         <v>52</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>