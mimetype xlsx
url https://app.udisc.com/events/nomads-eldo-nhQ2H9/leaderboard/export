--- v0 (2025-11-29)
+++ v1 (2026-01-12)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AE13"/>
+  <dimension ref="A1:AE12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -836,813 +836,784 @@
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
       <c r="AE4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>David Cavano</v>
+        <v>Trevor Ramirez</v>
       </c>
       <c r="E5">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F5">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
+      <c r="H5">
+        <v>308207</v>
+      </c>
       <c r="I5" t="str">
-        <v>davidcavano</v>
+        <v>trevor453</v>
       </c>
       <c r="J5">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="K5">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W5">
+        <v>4</v>
+      </c>
+      <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>4</v>
       </c>
       <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
+        <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Trevor Ramirez</v>
+        <v>Derek May</v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F6">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
-        <v>308207</v>
+        <v>252605</v>
       </c>
       <c r="I6" t="str">
-        <v>trevor453</v>
+        <v>mayderek38</v>
       </c>
       <c r="J6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K6">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="L6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U6">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Derek May</v>
+        <v>kalani kamae</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
       <c r="F7">
         <v>65</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
-        <v>252605</v>
+        <v>273372</v>
       </c>
       <c r="I7" t="str">
-        <v>mayderek38</v>
+        <v>killakalani</v>
       </c>
       <c r="J7">
         <v>5</v>
       </c>
       <c r="K7">
         <v>65</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">
         <v>4</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
       <c r="AD7">
         <v>3</v>
       </c>
       <c r="AE7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>kalani kamae</v>
+        <v>Joshua Montano</v>
       </c>
       <c r="E8">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F8">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
-        <v>273372</v>
+        <v>77500</v>
       </c>
       <c r="I8" t="str">
-        <v>killakalani</v>
+        <v>joshuad3</v>
       </c>
       <c r="J8">
+        <v>8</v>
+      </c>
+      <c r="K8">
+        <v>68</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
+      </c>
+      <c r="M8">
+        <v>4</v>
+      </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8">
         <v>5</v>
       </c>
-      <c r="K8">
-[...13 lines deleted...]
-      </c>
       <c r="P8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R8">
         <v>4</v>
       </c>
       <c r="S8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U8">
         <v>4</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
       <c r="AD8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Joshua Montano</v>
+        <v>Taylor Montano</v>
       </c>
       <c r="E9">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="F9">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
-      <c r="H9">
-[...1 lines deleted...]
-      </c>
       <c r="I9" t="str">
-        <v>joshuad3</v>
+        <v>taylormontano</v>
       </c>
       <c r="J9">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="K9">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>5</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
       <c r="AD9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Taylor Montano</v>
+        <v>Randy Hano</v>
       </c>
       <c r="E10">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F10">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
+      <c r="H10">
+        <v>190816</v>
+      </c>
       <c r="I10" t="str">
-        <v>taylormontano</v>
+        <v>rlhano</v>
       </c>
       <c r="J10">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="K10">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="L10">
+        <v>3</v>
+      </c>
+      <c r="M10">
+        <v>4</v>
+      </c>
+      <c r="N10">
+        <v>4</v>
+      </c>
+      <c r="O10">
+        <v>4</v>
+      </c>
+      <c r="P10">
         <v>5</v>
       </c>
-      <c r="M10">
-[...5 lines deleted...]
-      <c r="O10">
+      <c r="Q10">
+        <v>4</v>
+      </c>
+      <c r="R10">
+        <v>4</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+      <c r="T10">
+        <v>4</v>
+      </c>
+      <c r="U10">
+        <v>4</v>
+      </c>
+      <c r="V10">
+        <v>4</v>
+      </c>
+      <c r="W10">
         <v>5</v>
       </c>
-      <c r="P10">
-[...22 lines deleted...]
-      </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
       <c r="AC10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE10">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Randy Hano</v>
+        <v>Dan Vogt</v>
       </c>
       <c r="E11">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="F11">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
-      <c r="H11">
-[...1 lines deleted...]
-      </c>
       <c r="I11" t="str">
-        <v>rlhano</v>
+        <v>drdvogt</v>
       </c>
       <c r="J11">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="K11">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P11">
         <v>5</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T11">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="U11">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="V11">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="W11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
         <v>4</v>
       </c>
       <c r="AB11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC11">
         <v>4</v>
       </c>
       <c r="AD11">
         <v>4</v>
       </c>
       <c r="AE11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>DNF</v>
       </c>
       <c r="D12" t="str">
-        <v>Dan Vogt</v>
+        <v>David Cavano</v>
       </c>
       <c r="E12">
-        <v>28</v>
+        <v>-1</v>
       </c>
       <c r="F12">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="I12" t="str">
-        <v>drdvogt</v>
+        <v>davidcavano</v>
       </c>
       <c r="J12">
-        <v>28</v>
+        <v>-1</v>
       </c>
       <c r="K12">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="L12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T12">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="U12">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="V12">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="W12">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>4</v>
       </c>
       <c r="AA12">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE12">
-        <v>4</v>
-[...25 lines deleted...]
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AE13"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AE12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 