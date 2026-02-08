--- v0 (2026-01-12)
+++ v1 (2026-02-08)
@@ -3685,54 +3685,54 @@
       </c>
       <c r="AE33">
         <v>3</v>
       </c>
       <c r="AF33">
         <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>T29</v>
       </c>
       <c r="B34">
         <v>29</v>
       </c>
       <c r="C34">
         <v>3</v>
       </c>
       <c r="D34">
         <v>-21</v>
       </c>
       <c r="E34" t="str">
         <v>HC</v>
       </c>
       <c r="F34" t="str">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G34">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H34" t="str">
         <v>Jen Dowling</v>
       </c>
       <c r="I34">
         <v>24</v>
       </c>
       <c r="J34">
         <v>82</v>
       </c>
       <c r="L34" t="str">
         <v>jenmemphis</v>
       </c>
       <c r="M34">
         <v>24</v>
       </c>
       <c r="N34">
         <v>82</v>
       </c>
       <c r="O34">
         <v>4</v>
       </c>
       <c r="P34">
         <v>8</v>
       </c>
@@ -4542,394 +4542,385 @@
         <v>3</v>
       </c>
       <c r="Z42">
         <v>4</v>
       </c>
       <c r="AA42">
         <v>6</v>
       </c>
       <c r="AB42">
         <v>3</v>
       </c>
       <c r="AC42">
         <v>3</v>
       </c>
       <c r="AD42">
         <v>3</v>
       </c>
       <c r="AE42">
         <v>6</v>
       </c>
       <c r="AF42">
         <v>3</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43">
-[...10 lines deleted...]
-      </c>
       <c r="E43" t="str">
-        <v>HC</v>
+        <v>SC</v>
       </c>
       <c r="F43" t="str">
-        <v>27</v>
+        <v>T12</v>
       </c>
       <c r="G43">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="H43" t="str">
-        <v>Dean Barrois</v>
+        <v>Justin Keeler</v>
       </c>
       <c r="I43">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="J43">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="K43">
-        <v>180693</v>
+        <v>133895</v>
       </c>
       <c r="L43" t="str">
-        <v>barroisdean</v>
+        <v>jmkeeler</v>
       </c>
       <c r="M43">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="N43">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="O43">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P43">
         <v>5</v>
       </c>
       <c r="Q43">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="R43">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="S43">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="T43">
-        <v>7</v>
+        <v>3</v>
+      </c>
+      <c r="U43">
+        <v>5</v>
+      </c>
+      <c r="V43">
+        <v>4</v>
       </c>
       <c r="W43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X43">
         <v>3</v>
       </c>
       <c r="Y43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z43">
         <v>3</v>
       </c>
       <c r="AA43">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB43">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD43">
         <v>3</v>
       </c>
       <c r="AE43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="E44" t="str">
         <v>SC</v>
       </c>
       <c r="F44" t="str">
-        <v>T12</v>
+        <v>14</v>
       </c>
       <c r="G44">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H44" t="str">
-        <v>Justin Keeler</v>
+        <v>John Lyons</v>
       </c>
       <c r="I44">
+        <v>11</v>
+      </c>
+      <c r="J44">
+        <v>69</v>
+      </c>
+      <c r="K44">
+        <v>170744</v>
+      </c>
+      <c r="L44" t="str">
+        <v>lennytlegend</v>
+      </c>
+      <c r="M44">
+        <v>11</v>
+      </c>
+      <c r="N44">
+        <v>69</v>
+      </c>
+      <c r="O44">
+        <v>4</v>
+      </c>
+      <c r="P44">
+        <v>6</v>
+      </c>
+      <c r="Q44">
+        <v>2</v>
+      </c>
+      <c r="R44">
+        <v>3</v>
+      </c>
+      <c r="S44">
+        <v>3</v>
+      </c>
+      <c r="T44">
+        <v>3</v>
+      </c>
+      <c r="U44">
         <v>8</v>
       </c>
-      <c r="J44">
-[...34 lines deleted...]
-      </c>
       <c r="V44">
         <v>4</v>
       </c>
       <c r="W44">
         <v>3</v>
       </c>
       <c r="X44">
         <v>3</v>
       </c>
       <c r="Y44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z44">
         <v>3</v>
       </c>
       <c r="AA44">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AB44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE44">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AF44">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="E45" t="str">
         <v>SC</v>
       </c>
       <c r="F45" t="str">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G45">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H45" t="str">
-        <v>John Lyons</v>
+        <v>Foot</v>
       </c>
       <c r="I45">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="J45">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>170744</v>
+        <v>73</v>
       </c>
       <c r="L45" t="str">
-        <v>lennytlegend</v>
+        <v>footlyon</v>
       </c>
       <c r="M45">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="N45">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="O45">
         <v>4</v>
       </c>
       <c r="P45">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="Q45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S45">
         <v>3</v>
       </c>
       <c r="T45">
         <v>3</v>
       </c>
       <c r="U45">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="V45">
         <v>4</v>
       </c>
       <c r="W45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X45">
         <v>3</v>
       </c>
       <c r="Y45">
         <v>3</v>
       </c>
       <c r="Z45">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA45">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AB45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC45">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE45">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AF45">
         <v>4</v>
       </c>
     </row>
     <row r="46">
+      <c r="C46">
+        <v>14</v>
+      </c>
+      <c r="D46">
+        <v>-8</v>
+      </c>
       <c r="E46" t="str">
-        <v>SC</v>
+        <v>HC</v>
       </c>
       <c r="F46" t="str">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>DNF</v>
       </c>
       <c r="H46" t="str">
-        <v>Foot</v>
+        <v>Dean Barrois</v>
       </c>
       <c r="I46">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="J46">
         <v>73</v>
       </c>
+      <c r="K46">
+        <v>180693</v>
+      </c>
       <c r="L46" t="str">
-        <v>footlyon</v>
+        <v>barroisdean</v>
       </c>
       <c r="M46">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="N46">
         <v>73</v>
       </c>
       <c r="O46">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P46">
+        <v>5</v>
+      </c>
+      <c r="Q46">
         <v>7</v>
       </c>
-      <c r="Q46">
-[...1 lines deleted...]
-      </c>
       <c r="R46">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="S46">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="T46">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="W46">
         <v>4</v>
       </c>
       <c r="X46">
         <v>3</v>
       </c>
       <c r="Y46">
         <v>3</v>
       </c>
       <c r="Z46">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA46">
         <v>5</v>
       </c>
       <c r="AB46">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC46">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD46">
         <v>3</v>
       </c>
       <c r="AE46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF46">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AF46"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>