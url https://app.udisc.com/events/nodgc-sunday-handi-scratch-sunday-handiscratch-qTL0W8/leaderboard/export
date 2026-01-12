--- v0 (2025-11-08)
+++ v1 (2026-01-12)
@@ -3978,50 +3978,53 @@
       </c>
       <c r="C37">
         <v>6</v>
       </c>
       <c r="D37">
         <v>-8</v>
       </c>
       <c r="E37" t="str">
         <v>HC</v>
       </c>
       <c r="F37" t="str">
         <v>26</v>
       </c>
       <c r="G37">
         <v>26</v>
       </c>
       <c r="H37" t="str">
         <v>Sam Welty</v>
       </c>
       <c r="I37">
         <v>14</v>
       </c>
       <c r="J37">
         <v>71</v>
       </c>
+      <c r="K37">
+        <v>319873</v>
+      </c>
       <c r="L37" t="str">
         <v>samwelty</v>
       </c>
       <c r="M37">
         <v>14</v>
       </c>
       <c r="N37">
         <v>71</v>
       </c>
       <c r="O37">
         <v>4</v>
       </c>
       <c r="P37">
         <v>4</v>
       </c>
       <c r="Q37">
         <v>6</v>
       </c>
       <c r="R37">
         <v>3</v>
       </c>
       <c r="S37">
         <v>2</v>
       </c>
       <c r="T37">