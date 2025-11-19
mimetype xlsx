--- v0 (2025-10-20)
+++ v1 (2025-11-19)
@@ -1476,280 +1476,280 @@
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T12</v>
+        <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Anthony Simo</v>
+        <v>Shawn ParkerJr</v>
       </c>
       <c r="E13">
         <v>-2</v>
       </c>
       <c r="F13">
         <v>53</v>
       </c>
-      <c r="G13">
-[...1 lines deleted...]
-      </c>
       <c r="H13" t="str">
-        <v>sqwatch69</v>
+        <v>smparker12</v>
       </c>
       <c r="I13">
         <v>-2</v>
       </c>
       <c r="J13">
         <v>53</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T13">
         <v>2</v>
       </c>
       <c r="U13">
         <v>4</v>
       </c>
       <c r="V13">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T12</v>
+        <v>13</v>
       </c>
       <c r="C14">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Shawn ParkerJr</v>
+        <v>Elijah Perry</v>
       </c>
       <c r="E14">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F14">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H14" t="str">
-        <v>smparker12</v>
+        <v>ejp2823</v>
       </c>
       <c r="I14">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="J14">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Elijah Perry</v>
+        <v>Anthony Simo</v>
       </c>
       <c r="E15">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F15">
-        <v>54</v>
+        <v>55</v>
+      </c>
+      <c r="G15">
+        <v>112012</v>
       </c>
       <c r="H15" t="str">
-        <v>ejp2823</v>
+        <v>sqwatch69</v>
       </c>
       <c r="I15">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J15">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">