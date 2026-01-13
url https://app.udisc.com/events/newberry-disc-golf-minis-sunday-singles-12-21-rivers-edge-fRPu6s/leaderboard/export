--- v0 (2025-12-22)
+++ v1 (2026-01-13)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB19"/>
+  <dimension ref="A1:AC19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -530,50 +530,53 @@
       </c>
       <c r="U1" t="str">
         <v>hole_11</v>
       </c>
       <c r="V1" t="str">
         <v>hole_12</v>
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
+      <c r="AC1" t="str">
+        <v>payout</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Pro</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Cody Escobedo</v>
       </c>
       <c r="E2">
         <v>-10</v>
       </c>
       <c r="F2">
         <v>49</v>
       </c>
       <c r="G2">
         <v>69933</v>
       </c>
       <c r="H2" t="str">
         <v>chainbanger91</v>
@@ -616,50 +619,53 @@
       </c>
       <c r="U2">
         <v>2</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
+      <c r="AC2" t="str">
+        <v>40</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Pro</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Andrew Newberry</v>
       </c>
       <c r="E3">
         <v>-8</v>
       </c>
       <c r="F3">
         <v>51</v>
       </c>
       <c r="G3">
         <v>21278</v>
       </c>
       <c r="H3" t="str">
         <v>txcane</v>
@@ -702,50 +708,53 @@
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>4</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
+      <c r="AC3" t="str">
+        <v>22</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Pro</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Nathan Beaver</v>
       </c>
       <c r="E4">
         <v>-5</v>
       </c>
       <c r="F4">
         <v>54</v>
       </c>
       <c r="G4">
         <v>174711</v>
       </c>
       <c r="H4" t="str">
         <v>nrbeaver</v>
@@ -788,50 +797,53 @@
       </c>
       <c r="U4">
         <v>2</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>4</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
+      <c r="AC4" t="str">
+        <v>14</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Pro</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Dylan McDorman</v>
       </c>
       <c r="E5">
         <v>-2</v>
       </c>
       <c r="F5">
         <v>57</v>
       </c>
       <c r="G5">
         <v>114213</v>
       </c>
       <c r="H5" t="str">
         <v>dylanmcdorman</v>
@@ -874,50 +886,53 @@
       </c>
       <c r="U5">
         <v>2</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>4</v>
       </c>
       <c r="X5">
         <v>4</v>
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
+      <c r="AC5" t="str">
+        <v>2</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Pro</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>James Rierson</v>
       </c>
       <c r="E6">
         <v>-2</v>
       </c>
       <c r="F6">
         <v>57</v>
       </c>
       <c r="G6">
         <v>233643</v>
       </c>
       <c r="H6" t="str">
         <v>jwr1022</v>
@@ -960,50 +975,53 @@
       </c>
       <c r="U6">
         <v>2</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>4</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
+      <c r="AC6" t="str">
+        <v>2</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Pro</v>
       </c>
       <c r="B7" t="str">
         <v>T4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
         <v>Jarrod Mehan</v>
       </c>
       <c r="E7">
         <v>-2</v>
       </c>
       <c r="F7">
         <v>57</v>
       </c>
       <c r="G7">
         <v>241662</v>
       </c>
       <c r="H7" t="str">
         <v>jerdyy</v>
@@ -1046,50 +1064,53 @@
       </c>
       <c r="U7">
         <v>2</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>2</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
+      <c r="AC7" t="str">
+        <v>2</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Pro</v>
       </c>
       <c r="B8" t="str">
         <v>T4</v>
       </c>
       <c r="C8">
         <v>4</v>
       </c>
       <c r="D8" t="str">
         <v>Greg Travis</v>
       </c>
       <c r="E8">
         <v>-2</v>
       </c>
       <c r="F8">
         <v>57</v>
       </c>
       <c r="H8" t="str">
         <v>gregtravis</v>
       </c>
       <c r="I8">
         <v>-2</v>
@@ -1129,50 +1150,53 @@
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>4</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>4</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
+      <c r="AC8" t="str">
+        <v>2</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Pro</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Jason Eakin</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>60</v>
       </c>
       <c r="G9">
         <v>16277</v>
       </c>
       <c r="H9" t="str">
         <v>jasoneakin</v>
@@ -1814,50 +1838,53 @@
       </c>
       <c r="U16">
         <v>2</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
         <v>4</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>2</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
+      <c r="AC16" t="str">
+        <v>18</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Am</v>
       </c>
       <c r="B17" t="str">
         <v>2</v>
       </c>
       <c r="C17">
         <v>2</v>
       </c>
       <c r="D17" t="str">
         <v>Michael McDorman</v>
       </c>
       <c r="E17">
         <v>13</v>
       </c>
       <c r="F17">
         <v>72</v>
       </c>
       <c r="G17">
         <v>113745</v>
       </c>
       <c r="H17" t="str">
         <v>michaelmcdorman</v>
@@ -1900,50 +1927,53 @@
       </c>
       <c r="U17">
         <v>4</v>
       </c>
       <c r="V17">
         <v>4</v>
       </c>
       <c r="W17">
         <v>4</v>
       </c>
       <c r="X17">
         <v>4</v>
       </c>
       <c r="Y17">
         <v>4</v>
       </c>
       <c r="Z17">
         <v>4</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
+      <c r="AC17" t="str">
+        <v>6</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>Am</v>
       </c>
       <c r="B18" t="str">
         <v>3</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
       <c r="D18" t="str">
         <v>Chris Cotton</v>
       </c>
       <c r="E18">
         <v>14</v>
       </c>
       <c r="F18">
         <v>73</v>
       </c>
       <c r="H18" t="str">
         <v>chriscotton</v>
       </c>
       <c r="I18">
         <v>14</v>
@@ -2072,51 +2102,51 @@
       </c>
       <c r="V19">
         <v>4</v>
       </c>
       <c r="W19">
         <v>4</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
         <v>5</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>5</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB19"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC19"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 