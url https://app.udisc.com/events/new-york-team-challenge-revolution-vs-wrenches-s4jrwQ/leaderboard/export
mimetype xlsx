--- v0 (2026-01-11)
+++ v1 (2026-02-07)
@@ -1863,50 +1863,53 @@
         <v>4</v>
       </c>
       <c r="W17">
         <v>4</v>
       </c>
       <c r="X17">
         <v>4</v>
       </c>
       <c r="Y17">
         <v>4</v>
       </c>
       <c r="Z17">
         <v>4</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
+      <c r="B18" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D18" t="str">
         <v>Karly Daly &amp; Alexis white</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
       <c r="F18">
         <v>0</v>
       </c>
       <c r="H18" t="str">
         <v>karlydaly,alexiswhite</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB18"/>
   </ignoredErrors>
 </worksheet>
 </file>