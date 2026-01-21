--- v0 (2025-10-07)
+++ v1 (2026-01-21)
@@ -2081,51 +2081,51 @@
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>James Marino</v>
       </c>
       <c r="E20">
         <v>3</v>
       </c>
       <c r="F20">
         <v>57</v>
       </c>
       <c r="G20">
         <v>63751</v>
       </c>
       <c r="H20" t="str">
-        <v>wolfskin173</v>
+        <v>marino170</v>
       </c>
       <c r="I20">
         <v>3</v>
       </c>
       <c r="J20">
         <v>57</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>4</v>
       </c>