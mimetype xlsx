--- v0 (2025-12-20)
+++ v1 (2026-01-13)
@@ -3274,51 +3274,51 @@
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>28</v>
       </c>
       <c r="C29">
         <v>28</v>
       </c>
       <c r="D29" t="str">
         <v>Chris Koehn</v>
       </c>
       <c r="E29">
         <v>3</v>
       </c>
       <c r="F29">
         <v>69</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="H29">
         <v>318180</v>
       </c>
       <c r="I29" t="str">
-        <v>ckgarbot</v>
+        <v>chriskdisgolf</v>
       </c>
       <c r="J29">
         <v>3</v>
       </c>
       <c r="K29">
         <v>69</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>4</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
         <v>2</v>
       </c>
       <c r="Q29">
         <v>3</v>
       </c>