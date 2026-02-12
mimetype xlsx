--- v1 (2026-01-13)
+++ v2 (2026-02-12)
@@ -3274,51 +3274,51 @@
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>28</v>
       </c>
       <c r="C29">
         <v>28</v>
       </c>
       <c r="D29" t="str">
         <v>Chris Koehn</v>
       </c>
       <c r="E29">
         <v>3</v>
       </c>
       <c r="F29">
         <v>69</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="H29">
         <v>318180</v>
       </c>
       <c r="I29" t="str">
-        <v>chriskdisgolf</v>
+        <v>chriskdiscgolf</v>
       </c>
       <c r="J29">
         <v>3</v>
       </c>
       <c r="K29">
         <v>69</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>4</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
         <v>2</v>
       </c>
       <c r="Q29">
         <v>3</v>
       </c>