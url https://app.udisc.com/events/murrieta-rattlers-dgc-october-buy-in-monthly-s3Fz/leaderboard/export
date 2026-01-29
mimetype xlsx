--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -1834,50 +1834,53 @@
         <v>3</v>
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA2</v>
       </c>
       <c r="B17" t="str">
         <v>T7</v>
       </c>
       <c r="C17">
         <v>7</v>
       </c>
       <c r="D17" t="str">
         <v>Nick Frati</v>
       </c>
       <c r="E17">
         <v>-1</v>
       </c>
       <c r="F17">
         <v>56</v>
       </c>
+      <c r="G17">
+        <v>319064</v>
+      </c>
       <c r="H17" t="str">
         <v>nickfrati</v>
       </c>
       <c r="I17">
         <v>-1</v>
       </c>
       <c r="J17">
         <v>56</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
       <c r="L17">
         <v>5</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">