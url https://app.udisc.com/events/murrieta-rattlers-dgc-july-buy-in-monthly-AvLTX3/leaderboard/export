--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -2164,197 +2164,200 @@
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
         <v>2</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA2</v>
       </c>
       <c r="B21" t="str">
         <v>T11</v>
       </c>
       <c r="C21">
         <v>11</v>
       </c>
       <c r="D21" t="str">
-        <v>Jonah Velardes</v>
+        <v>Nick Frati</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>55</v>
       </c>
+      <c r="G21">
+        <v>319064</v>
+      </c>
       <c r="H21" t="str">
-        <v>jvelardes1121</v>
+        <v>nickfrati</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="J21">
         <v>55</v>
       </c>
       <c r="K21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA2</v>
       </c>
       <c r="B22" t="str">
         <v>T11</v>
       </c>
       <c r="C22">
         <v>11</v>
       </c>
       <c r="D22" t="str">
-        <v>Nick Frati</v>
+        <v>Jonah Velardes</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
         <v>55</v>
       </c>
       <c r="H22" t="str">
-        <v>nickfrati</v>
+        <v>jvelardes1121</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22">
         <v>55</v>
       </c>
       <c r="K22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W22">
         <v>3</v>
       </c>
       <c r="X22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y22">
         <v>3</v>
       </c>
       <c r="Z22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA2</v>
       </c>
       <c r="B23" t="str">
         <v>14</v>
       </c>
       <c r="C23">
         <v>14</v>
       </c>
       <c r="D23" t="str">
         <v>Ryan Langham</v>
       </c>
       <c r="E23">
         <v>2</v>
       </c>
       <c r="F23">