--- v0 (2025-10-21)
+++ v1 (2026-01-13)
@@ -760,54 +760,54 @@
       </c>
       <c r="AE3">
         <v>2</v>
       </c>
       <c r="AF3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>T2</v>
       </c>
       <c r="B4">
         <v>2</v>
       </c>
       <c r="C4">
         <v>-1</v>
       </c>
       <c r="D4">
         <v>-13</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G4">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H4" t="str">
         <v xml:space="preserve">Dan Perkins </v>
       </c>
       <c r="I4">
         <v>12</v>
       </c>
       <c r="J4">
         <v>69</v>
       </c>
       <c r="L4" t="str">
         <v>dwperkins70</v>
       </c>
       <c r="M4">
         <v>12</v>
       </c>
       <c r="N4">
         <v>69</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
@@ -839,528 +839,519 @@
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>5</v>
       </c>
       <c r="AD4">
         <v>4</v>
       </c>
       <c r="AE4">
         <v>3</v>
       </c>
       <c r="AF4">
         <v>6</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" t="str">
-        <v>T4</v>
+      <c r="A5">
+        <v>4</v>
       </c>
       <c r="B5">
         <v>4</v>
       </c>
       <c r="C5">
         <v>0</v>
       </c>
       <c r="D5">
-        <v>3</v>
+        <v>-3</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
+        <v>6</v>
+      </c>
+      <c r="G5">
+        <v>6</v>
+      </c>
+      <c r="H5" t="str">
+        <v>Logan Williams</v>
+      </c>
+      <c r="I5">
+        <v>3</v>
+      </c>
+      <c r="J5">
+        <v>60</v>
+      </c>
+      <c r="K5">
+        <v>243746</v>
+      </c>
+      <c r="L5" t="str">
+        <v>bigwillie77</v>
+      </c>
+      <c r="M5">
+        <v>3</v>
+      </c>
+      <c r="N5">
+        <v>60</v>
+      </c>
+      <c r="O5">
+        <v>3</v>
+      </c>
+      <c r="P5">
+        <v>2</v>
+      </c>
+      <c r="Q5">
+        <v>3</v>
+      </c>
+      <c r="R5">
+        <v>4</v>
+      </c>
+      <c r="S5">
         <v>5</v>
       </c>
-      <c r="G5">
+      <c r="T5">
+        <v>4</v>
+      </c>
+      <c r="U5">
+        <v>4</v>
+      </c>
+      <c r="V5">
+        <v>4</v>
+      </c>
+      <c r="W5">
+        <v>3</v>
+      </c>
+      <c r="X5">
+        <v>2</v>
+      </c>
+      <c r="Y5">
+        <v>2</v>
+      </c>
+      <c r="Z5">
         <v>5</v>
       </c>
-      <c r="H5" t="str">
-[...55 lines deleted...]
-      </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
       <c r="AC5">
+        <v>5</v>
+      </c>
+      <c r="AD5">
+        <v>3</v>
+      </c>
+      <c r="AE5">
+        <v>3</v>
+      </c>
+      <c r="AF5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>T4</v>
+        <v>T5</v>
       </c>
       <c r="B6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D6">
-        <v>-3</v>
+        <v>6</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>7</v>
+        <v>T2</v>
       </c>
       <c r="G6">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="H6" t="str">
-        <v>Logan Williams</v>
+        <v>Chris Carroll</v>
       </c>
       <c r="I6">
-        <v>3</v>
+        <v>-5</v>
       </c>
       <c r="J6">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="K6">
-        <v>243746</v>
+        <v>142550</v>
       </c>
       <c r="L6" t="str">
-        <v>bigwillie77</v>
+        <v>crunchydg</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>-5</v>
       </c>
       <c r="N6">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
       <c r="AC6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="B7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>T2</v>
+        <v>4</v>
       </c>
       <c r="G7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H7" t="str">
-        <v>Chris Carroll</v>
+        <v>Chris Gentry</v>
       </c>
       <c r="I7">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="J7">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K7">
-        <v>142550</v>
+        <v>242318</v>
       </c>
       <c r="L7" t="str">
-        <v>crunchydg</v>
+        <v>cgentry42</v>
       </c>
       <c r="M7">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="N7">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
       <c r="AC7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD7">
         <v>3</v>
       </c>
       <c r="AE7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF7">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" t="str">
-        <v>T6</v>
+      <c r="A8">
+        <v>7</v>
       </c>
       <c r="B8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H8" t="str">
-        <v>Chris Gentry</v>
+        <v>John Krzyszkowski</v>
       </c>
       <c r="I8">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="J8">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="K8">
-        <v>242318</v>
+        <v>144714</v>
       </c>
       <c r="L8" t="str">
-        <v>cgentry42</v>
+        <v>polakos</v>
       </c>
       <c r="M8">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="N8">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>4</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W8">
         <v>2</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC8">
         <v>4</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
       <c r="AE8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9">
-[...4 lines deleted...]
-      </c>
       <c r="C9">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="H9" t="str">
-        <v>John Krzyszkowski</v>
+        <v>Kyle Walls</v>
       </c>
       <c r="I9">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J9">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="K9">
-        <v>144714</v>
+        <v>173045</v>
       </c>
       <c r="L9" t="str">
-        <v>polakos</v>
+        <v>kylewalls</v>
       </c>
       <c r="M9">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="N9">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="O9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>4</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V9">
         <v>2</v>
       </c>
       <c r="W9">
         <v>2</v>
       </c>
       <c r="X9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC9">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AF9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>