--- v0 (2025-10-20)
+++ v1 (2025-11-17)
@@ -2833,51 +2833,51 @@
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>EST</v>
       </c>
       <c r="B28" t="str">
         <v>1</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28" t="str">
         <v>Rob Engle</v>
       </c>
       <c r="E28">
         <v>-1</v>
       </c>
       <c r="F28">
         <v>56</v>
       </c>
       <c r="G28">
         <v>16963</v>
       </c>
       <c r="H28" t="str">
-        <v>re16963</v>
+        <v>robengle</v>
       </c>
       <c r="I28">
         <v>-1</v>
       </c>
       <c r="J28">
         <v>56</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>2</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>2</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>