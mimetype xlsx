--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -2505,51 +2505,51 @@
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA3</v>
       </c>
       <c r="B25" t="str">
         <v>1</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25" t="str">
         <v>Sean Scott</v>
       </c>
       <c r="E25">
         <v>9</v>
       </c>
       <c r="F25">
         <v>63</v>
       </c>
       <c r="G25">
         <v>309463</v>
       </c>
       <c r="H25" t="str">
-        <v>franko615</v>
+        <v>sean615</v>
       </c>
       <c r="I25">
         <v>9</v>
       </c>
       <c r="J25">
         <v>63</v>
       </c>
       <c r="K25">
         <v>2</v>
       </c>
       <c r="L25">
         <v>4</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>4</v>
       </c>