--- v1 (2025-12-13)
+++ v2 (2026-01-11)
@@ -2084,51 +2084,51 @@
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MA2</v>
       </c>
       <c r="B20" t="str">
         <v>T6</v>
       </c>
       <c r="C20">
         <v>6</v>
       </c>
       <c r="D20" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E20">
         <v>7</v>
       </c>
       <c r="F20">
         <v>61</v>
       </c>
       <c r="G20">
         <v>299041</v>
       </c>
       <c r="H20" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="I20">
         <v>7</v>
       </c>
       <c r="J20">
         <v>61</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>2</v>
       </c>