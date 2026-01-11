--- v0 (2025-10-19)
+++ v1 (2026-01-11)
@@ -1316,51 +1316,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA2</v>
       </c>
       <c r="B11" t="str">
         <v>T1</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E11">
         <v>-1</v>
       </c>
       <c r="F11">
         <v>55</v>
       </c>
       <c r="G11">
         <v>299041</v>
       </c>
       <c r="H11" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="I11">
         <v>-1</v>
       </c>
       <c r="J11">
         <v>55</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
@@ -2240,50 +2240,53 @@
         <v>5</v>
       </c>
       <c r="AB21">
         <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA3</v>
       </c>
       <c r="B22" t="str">
         <v>2</v>
       </c>
       <c r="C22">
         <v>2</v>
       </c>
       <c r="D22" t="str">
         <v>Brent giblin</v>
       </c>
       <c r="E22">
         <v>3</v>
       </c>
       <c r="F22">
         <v>59</v>
       </c>
+      <c r="G22">
+        <v>317645</v>
+      </c>
       <c r="H22" t="str">
         <v>giblinsquad</v>
       </c>
       <c r="I22">
         <v>3</v>
       </c>
       <c r="J22">
         <v>59</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>4</v>
       </c>
       <c r="M22">
         <v>2</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
@@ -2327,51 +2330,51 @@
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA3</v>
       </c>
       <c r="B23" t="str">
         <v>3</v>
       </c>
       <c r="C23">
         <v>3</v>
       </c>
       <c r="D23" t="str">
         <v>Sean Scott</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
         <v>64</v>
       </c>
       <c r="G23">
         <v>309463</v>
       </c>
       <c r="H23" t="str">
-        <v>franko615</v>
+        <v>sean615</v>
       </c>
       <c r="I23">
         <v>8</v>
       </c>
       <c r="J23">
         <v>64</v>
       </c>
       <c r="K23">
         <v>4</v>
       </c>
       <c r="L23">
         <v>4</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>4</v>
       </c>