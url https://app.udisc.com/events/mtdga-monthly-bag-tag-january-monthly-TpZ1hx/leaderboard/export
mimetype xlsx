--- v0 (2026-01-11)
+++ v1 (2026-02-02)
@@ -3160,2510 +3160,2510 @@
       </c>
       <c r="V32">
         <v>3</v>
       </c>
       <c r="W32">
         <v>4</v>
       </c>
       <c r="X32">
         <v>3</v>
       </c>
       <c r="Y32">
         <v>3</v>
       </c>
       <c r="Z32">
         <v>6</v>
       </c>
       <c r="AA32">
         <v>5</v>
       </c>
       <c r="AB32">
         <v>6</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
-        <v>M40</v>
+        <v>MP40</v>
       </c>
       <c r="B33" t="str">
         <v>1</v>
       </c>
       <c r="C33">
         <v>1</v>
       </c>
       <c r="D33" t="str">
-        <v>Chris Speas</v>
+        <v>Trevor Morrow</v>
       </c>
       <c r="E33">
-        <v>-4</v>
+        <v>-10</v>
       </c>
       <c r="F33">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="G33">
-        <v>105214</v>
+        <v>239732</v>
       </c>
       <c r="H33" t="str">
-        <v>speazy</v>
+        <v>tmorrow</v>
       </c>
       <c r="I33">
-        <v>-4</v>
+        <v>-10</v>
       </c>
       <c r="J33">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N33">
         <v>2</v>
       </c>
       <c r="O33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R33">
         <v>2</v>
       </c>
       <c r="S33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T33">
         <v>2</v>
       </c>
       <c r="U33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V33">
         <v>2</v>
       </c>
       <c r="W33">
         <v>3</v>
       </c>
       <c r="X33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
-        <v>M40</v>
+        <v>MP40</v>
       </c>
       <c r="B34" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="C34">
         <v>2</v>
       </c>
       <c r="D34" t="str">
-        <v>Dave Cerchiaro</v>
+        <v>Scott Young</v>
       </c>
       <c r="E34">
-        <v>-1</v>
+        <v>-6</v>
       </c>
       <c r="F34">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G34">
-        <v>20603</v>
+        <v>244515</v>
       </c>
       <c r="H34" t="str">
-        <v>chickarrow</v>
+        <v>scott615</v>
       </c>
       <c r="I34">
-        <v>-1</v>
+        <v>-6</v>
       </c>
       <c r="J34">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="K34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N34">
         <v>2</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
         <v>4</v>
       </c>
       <c r="Q34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S34">
         <v>2</v>
       </c>
       <c r="T34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W34">
         <v>3</v>
       </c>
       <c r="X34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y34">
         <v>4</v>
       </c>
       <c r="Z34">
         <v>3</v>
       </c>
       <c r="AA34">
         <v>3</v>
       </c>
       <c r="AB34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
-        <v>M40</v>
+        <v>MP40</v>
       </c>
       <c r="B35" t="str">
-        <v>T2</v>
+        <v>3</v>
       </c>
       <c r="C35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D35" t="str">
-        <v>Michael Bartley</v>
+        <v>Ricky Mayes</v>
       </c>
       <c r="E35">
-        <v>-1</v>
+        <v>-4</v>
       </c>
       <c r="F35">
-        <v>53</v>
+        <v>50</v>
+      </c>
+      <c r="G35">
+        <v>199678</v>
       </c>
       <c r="H35" t="str">
-        <v>michaelbartley</v>
+        <v>rickymayes</v>
       </c>
       <c r="I35">
-        <v>-1</v>
+        <v>-4</v>
       </c>
       <c r="J35">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="K35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O35">
         <v>2</v>
       </c>
       <c r="P35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q35">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R35">
         <v>3</v>
       </c>
       <c r="S35">
         <v>2</v>
       </c>
       <c r="T35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U35">
         <v>3</v>
       </c>
       <c r="V35">
         <v>2</v>
       </c>
       <c r="W35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z35">
         <v>3</v>
       </c>
       <c r="AA35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB35">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
-        <v>M40</v>
+        <v>MP40</v>
       </c>
       <c r="B36" t="str">
         <v>4</v>
       </c>
       <c r="C36">
         <v>4</v>
       </c>
       <c r="D36" t="str">
-        <v>Jay davidson</v>
+        <v>Jimmy Ambrose</v>
       </c>
       <c r="E36">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F36">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G36">
-        <v>242442</v>
+        <v>36458</v>
       </c>
       <c r="H36" t="str">
-        <v>jaydavido</v>
+        <v>ambroze72</v>
       </c>
       <c r="I36">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J36">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="K36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R36">
         <v>2</v>
       </c>
       <c r="S36">
         <v>2</v>
       </c>
       <c r="T36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z36">
         <v>3</v>
       </c>
       <c r="AA36">
         <v>3</v>
       </c>
       <c r="AB36">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
-        <v>M40</v>
+        <v>MP40</v>
       </c>
       <c r="B37" t="str">
         <v>5</v>
       </c>
       <c r="C37">
         <v>5</v>
       </c>
       <c r="D37" t="str">
-        <v>Beau Bourgeois</v>
+        <v>James Kuykendall</v>
       </c>
       <c r="E37">
-        <v>3</v>
+        <v>-2</v>
       </c>
       <c r="F37">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="G37">
-        <v>123176</v>
+        <v>50387</v>
       </c>
       <c r="H37" t="str">
-        <v>bbougeois</v>
+        <v>cadillac77jk</v>
       </c>
       <c r="I37">
-        <v>3</v>
+        <v>-2</v>
       </c>
       <c r="J37">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="K37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M37">
         <v>2</v>
       </c>
       <c r="N37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P37">
         <v>4</v>
       </c>
       <c r="Q37">
         <v>4</v>
       </c>
       <c r="R37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T37">
         <v>3</v>
       </c>
       <c r="U37">
         <v>3</v>
       </c>
       <c r="V37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA37">
         <v>4</v>
       </c>
       <c r="AB37">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
-        <v>M40</v>
+        <v>MP40</v>
       </c>
       <c r="B38" t="str">
         <v>6</v>
       </c>
       <c r="C38">
         <v>6</v>
       </c>
       <c r="D38" t="str">
-        <v>Mitch Baker</v>
+        <v>Greg Taylor</v>
       </c>
       <c r="E38">
-        <v>4</v>
+        <v>-1</v>
       </c>
       <c r="F38">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G38">
-        <v>125825</v>
+        <v>277797</v>
       </c>
       <c r="H38" t="str">
-        <v>didida101</v>
+        <v>taylorg1381</v>
       </c>
       <c r="I38">
-        <v>4</v>
+        <v>-1</v>
       </c>
       <c r="J38">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M38">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q38">
         <v>3</v>
       </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
         <v>3</v>
       </c>
       <c r="T38">
         <v>3</v>
       </c>
       <c r="U38">
         <v>3</v>
       </c>
       <c r="V38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W38">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X38">
         <v>2</v>
       </c>
       <c r="Y38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z38">
         <v>3</v>
       </c>
       <c r="AA38">
         <v>3</v>
       </c>
       <c r="AB38">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
-        <v>M50</v>
+        <v>MP40</v>
       </c>
       <c r="B39" t="str">
+        <v>7</v>
+      </c>
+      <c r="C39">
+        <v>7</v>
+      </c>
+      <c r="D39" t="str">
+        <v>Shane Hoover</v>
+      </c>
+      <c r="E39">
         <v>1</v>
       </c>
-      <c r="C39">
+      <c r="F39">
+        <v>55</v>
+      </c>
+      <c r="H39" t="str">
+        <v>shane18</v>
+      </c>
+      <c r="I39">
         <v>1</v>
       </c>
-      <c r="D39" t="str">
-[...13 lines deleted...]
-      </c>
       <c r="J39">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="K39">
         <v>3</v>
       </c>
       <c r="L39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P39">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R39">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S39">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U39">
         <v>3</v>
       </c>
       <c r="V39">
         <v>3</v>
       </c>
       <c r="W39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X39">
         <v>2</v>
       </c>
       <c r="Y39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z39">
         <v>3</v>
       </c>
       <c r="AA39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB39">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
-        <v>junior</v>
+        <v>MP40</v>
       </c>
       <c r="B40" t="str">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="C40">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D40" t="str">
-        <v>Sammy Olson</v>
+        <v>Matthew Setzer</v>
       </c>
       <c r="E40">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="F40">
-        <v>89</v>
+        <v>56</v>
+      </c>
+      <c r="G40">
+        <v>28669</v>
       </c>
       <c r="H40" t="str">
-        <v>sammyolson</v>
+        <v>matthewsetzer</v>
       </c>
       <c r="I40">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="J40">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="K40">
+        <v>3</v>
+      </c>
+      <c r="L40">
+        <v>3</v>
+      </c>
+      <c r="M40">
+        <v>3</v>
+      </c>
+      <c r="N40">
+        <v>2</v>
+      </c>
+      <c r="O40">
+        <v>3</v>
+      </c>
+      <c r="P40">
+        <v>3</v>
+      </c>
+      <c r="Q40">
+        <v>3</v>
+      </c>
+      <c r="R40">
+        <v>3</v>
+      </c>
+      <c r="S40">
+        <v>3</v>
+      </c>
+      <c r="T40">
+        <v>4</v>
+      </c>
+      <c r="U40">
+        <v>4</v>
+      </c>
+      <c r="V40">
+        <v>2</v>
+      </c>
+      <c r="W40">
+        <v>4</v>
+      </c>
+      <c r="X40">
+        <v>2</v>
+      </c>
+      <c r="Y40">
         <v>5</v>
       </c>
-      <c r="L40">
-[...40 lines deleted...]
-      </c>
       <c r="Z40">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AA40">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AB40">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
-        <v>PM40</v>
+        <v>MP50</v>
       </c>
       <c r="B41" t="str">
         <v>1</v>
       </c>
       <c r="C41">
         <v>1</v>
       </c>
       <c r="D41" t="str">
-        <v>Trevor Morrow</v>
+        <v>Ed Burde</v>
       </c>
       <c r="E41">
-        <v>-10</v>
+        <v>-5</v>
       </c>
       <c r="F41">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>239732</v>
+        <v>49</v>
       </c>
       <c r="H41" t="str">
-        <v>tmorrow</v>
+        <v>edburde</v>
       </c>
       <c r="I41">
-        <v>-10</v>
+        <v>-5</v>
       </c>
       <c r="J41">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M41">
         <v>2</v>
       </c>
       <c r="N41">
         <v>2</v>
       </c>
       <c r="O41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S41">
         <v>2</v>
       </c>
       <c r="T41">
         <v>2</v>
       </c>
       <c r="U41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V41">
         <v>2</v>
       </c>
       <c r="W41">
         <v>3</v>
       </c>
       <c r="X41">
         <v>2</v>
       </c>
       <c r="Y41">
         <v>4</v>
       </c>
       <c r="Z41">
         <v>2</v>
       </c>
       <c r="AA41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB41">
         <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
-        <v>PM40</v>
+        <v>MP50</v>
       </c>
       <c r="B42" t="str">
         <v>2</v>
       </c>
       <c r="C42">
         <v>2</v>
       </c>
       <c r="D42" t="str">
-        <v>Scott Young</v>
+        <v>Shawn Smith</v>
       </c>
       <c r="E42">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="F42">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G42">
-        <v>244515</v>
+        <v>85292</v>
       </c>
       <c r="H42" t="str">
-        <v>scott615</v>
+        <v>hyzersoze44</v>
       </c>
       <c r="I42">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="J42">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="K42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M42">
         <v>2</v>
       </c>
       <c r="N42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q42">
         <v>3</v>
       </c>
       <c r="R42">
         <v>2</v>
       </c>
       <c r="S42">
         <v>2</v>
       </c>
       <c r="T42">
         <v>3</v>
       </c>
       <c r="U42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V42">
         <v>2</v>
       </c>
       <c r="W42">
         <v>3</v>
       </c>
       <c r="X42">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z42">
         <v>3</v>
       </c>
       <c r="AA42">
         <v>3</v>
       </c>
       <c r="AB42">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
-        <v>PM40</v>
+        <v>MP50</v>
       </c>
       <c r="B43" t="str">
         <v>3</v>
       </c>
       <c r="C43">
         <v>3</v>
       </c>
       <c r="D43" t="str">
-        <v>Ricky Mayes</v>
+        <v>Jim Fathera</v>
       </c>
       <c r="E43">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="F43">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>199678</v>
+        <v>53</v>
       </c>
       <c r="H43" t="str">
-        <v>rickymayes</v>
+        <v>jimger2004</v>
       </c>
       <c r="I43">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="J43">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="K43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P43">
         <v>3</v>
       </c>
       <c r="Q43">
         <v>3</v>
       </c>
       <c r="R43">
         <v>3</v>
       </c>
       <c r="S43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V43">
         <v>2</v>
       </c>
       <c r="W43">
         <v>3</v>
       </c>
       <c r="X43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z43">
         <v>3</v>
       </c>
       <c r="AA43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB43">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
-        <v>PM40</v>
+        <v>MP50</v>
       </c>
       <c r="B44" t="str">
-        <v>4</v>
+        <v>T4</v>
       </c>
       <c r="C44">
         <v>4</v>
       </c>
       <c r="D44" t="str">
-        <v>Jimmy Ambrose</v>
+        <v>Aaron Moore</v>
       </c>
       <c r="E44">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="F44">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G44">
-        <v>36458</v>
+        <v>14340</v>
       </c>
       <c r="H44" t="str">
-        <v>ambroze72</v>
+        <v>aarons0123</v>
       </c>
       <c r="I44">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="J44">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="K44">
         <v>4</v>
       </c>
       <c r="L44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N44">
         <v>2</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
         <v>4</v>
       </c>
       <c r="Q44">
         <v>3</v>
       </c>
       <c r="R44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S44">
         <v>2</v>
       </c>
       <c r="T44">
         <v>2</v>
       </c>
       <c r="U44">
         <v>3</v>
       </c>
       <c r="V44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W44">
         <v>3</v>
       </c>
       <c r="X44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z44">
         <v>3</v>
       </c>
       <c r="AA44">
         <v>3</v>
       </c>
       <c r="AB44">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
-        <v>PM40</v>
+        <v>MP50</v>
       </c>
       <c r="B45" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C45">
+        <v>4</v>
+      </c>
+      <c r="D45" t="str">
+        <v>Jim Elkins</v>
+      </c>
+      <c r="E45">
+        <v>0</v>
+      </c>
+      <c r="F45">
+        <v>54</v>
+      </c>
+      <c r="G45">
+        <v>14800</v>
+      </c>
+      <c r="H45" t="str">
+        <v>jdelkins</v>
+      </c>
+      <c r="I45">
+        <v>0</v>
+      </c>
+      <c r="J45">
+        <v>54</v>
+      </c>
+      <c r="K45">
+        <v>3</v>
+      </c>
+      <c r="L45">
+        <v>3</v>
+      </c>
+      <c r="M45">
+        <v>3</v>
+      </c>
+      <c r="N45">
         <v>5</v>
       </c>
-      <c r="C45">
-[...34 lines deleted...]
-      </c>
       <c r="O45">
         <v>3</v>
       </c>
       <c r="P45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R45">
         <v>2</v>
       </c>
       <c r="S45">
         <v>2</v>
       </c>
       <c r="T45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U45">
         <v>3</v>
       </c>
       <c r="V45">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X45">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
-        <v>PM40</v>
+        <v>MP50</v>
       </c>
       <c r="B46" t="str">
-        <v>6</v>
+        <v>T6</v>
       </c>
       <c r="C46">
         <v>6</v>
       </c>
       <c r="D46" t="str">
-        <v>Greg Taylor</v>
+        <v>Thomas Laird</v>
       </c>
       <c r="E46">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="F46">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G46">
-        <v>277797</v>
+        <v>20788</v>
       </c>
       <c r="H46" t="str">
-        <v>taylorg1381</v>
+        <v>thomlaird</v>
       </c>
       <c r="I46">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="J46">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="K46">
         <v>3</v>
       </c>
       <c r="L46">
         <v>2</v>
       </c>
       <c r="M46">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N46">
         <v>3</v>
       </c>
       <c r="O46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q46">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S46">
         <v>3</v>
       </c>
       <c r="T46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U46">
         <v>3</v>
       </c>
       <c r="V46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W46">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y46">
         <v>3</v>
       </c>
       <c r="Z46">
         <v>3</v>
       </c>
       <c r="AA46">
         <v>3</v>
       </c>
       <c r="AB46">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
-        <v>PM40</v>
+        <v>MP50</v>
       </c>
       <c r="B47" t="str">
-        <v>7</v>
+        <v>T6</v>
       </c>
       <c r="C47">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D47" t="str">
-        <v>Shane Hoover</v>
+        <v>Jim Stuppy</v>
       </c>
       <c r="E47">
         <v>1</v>
       </c>
       <c r="F47">
         <v>55</v>
       </c>
+      <c r="G47">
+        <v>22508</v>
+      </c>
       <c r="H47" t="str">
-        <v>shane18</v>
+        <v>stuppmeister1</v>
       </c>
       <c r="I47">
         <v>1</v>
       </c>
       <c r="J47">
         <v>55</v>
       </c>
       <c r="K47">
         <v>3</v>
       </c>
       <c r="L47">
         <v>3</v>
       </c>
       <c r="M47">
         <v>3</v>
       </c>
       <c r="N47">
         <v>3</v>
       </c>
       <c r="O47">
         <v>3</v>
       </c>
       <c r="P47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S47">
         <v>2</v>
       </c>
       <c r="T47">
         <v>3</v>
       </c>
       <c r="U47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V47">
         <v>3</v>
       </c>
       <c r="W47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X47">
         <v>2</v>
       </c>
       <c r="Y47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z47">
         <v>3</v>
       </c>
       <c r="AA47">
         <v>3</v>
       </c>
       <c r="AB47">
         <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
-        <v>PM40</v>
+        <v>MP50</v>
       </c>
       <c r="B48" t="str">
         <v>8</v>
       </c>
       <c r="C48">
         <v>8</v>
       </c>
       <c r="D48" t="str">
-        <v>Setzer</v>
+        <v>Tim Saffer</v>
       </c>
       <c r="E48">
         <v>2</v>
       </c>
       <c r="F48">
         <v>56</v>
       </c>
       <c r="G48">
-        <v>28669</v>
+        <v>99912</v>
       </c>
       <c r="H48" t="str">
-        <v>matthewsetzer</v>
+        <v>timsaffer</v>
       </c>
       <c r="I48">
         <v>2</v>
       </c>
       <c r="J48">
         <v>56</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>3</v>
       </c>
       <c r="M48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N48">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R48">
         <v>3</v>
       </c>
       <c r="S48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T48">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U48">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W48">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X48">
         <v>2</v>
       </c>
       <c r="Y48">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z48">
         <v>3</v>
       </c>
       <c r="AA48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB48">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
-        <v>PM50</v>
+        <v>MP50</v>
       </c>
       <c r="B49" t="str">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="C49">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D49" t="str">
-        <v>Ed Burde</v>
+        <v>Josh Smothers</v>
       </c>
       <c r="E49">
-        <v>-5</v>
+        <v>4</v>
       </c>
       <c r="F49">
-        <v>49</v>
+        <v>58</v>
+      </c>
+      <c r="G49">
+        <v>301125</v>
       </c>
       <c r="H49" t="str">
-        <v>edburde</v>
+        <v>smutmanmcmx</v>
       </c>
       <c r="I49">
-        <v>-5</v>
+        <v>4</v>
       </c>
       <c r="J49">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="K49">
         <v>3</v>
       </c>
       <c r="L49">
         <v>3</v>
       </c>
       <c r="M49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P49">
         <v>3</v>
       </c>
       <c r="Q49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R49">
         <v>3</v>
       </c>
       <c r="S49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U49">
         <v>3</v>
       </c>
       <c r="V49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y49">
         <v>4</v>
       </c>
       <c r="Z49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB49">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
-        <v>PM50</v>
+        <v>MP60</v>
       </c>
       <c r="B50" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C50">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D50" t="str">
-        <v>Shawn Smith</v>
+        <v>James White</v>
       </c>
       <c r="E50">
-        <v>-2</v>
+        <v>3</v>
       </c>
       <c r="F50">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>85292</v>
+        <v>57</v>
       </c>
       <c r="H50" t="str">
-        <v>hyzersoze44</v>
+        <v>jameswhite</v>
       </c>
       <c r="I50">
-        <v>-2</v>
+        <v>3</v>
       </c>
       <c r="J50">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="K50">
         <v>3</v>
       </c>
       <c r="L50">
         <v>3</v>
       </c>
       <c r="M50">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N50">
         <v>3</v>
       </c>
       <c r="O50">
         <v>3</v>
       </c>
       <c r="P50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X50">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y50">
         <v>3</v>
       </c>
       <c r="Z50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA50">
         <v>3</v>
       </c>
       <c r="AB50">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
-        <v>PM50</v>
+        <v>MP60</v>
       </c>
       <c r="B51" t="str">
-        <v>3</v>
+        <v>T2</v>
       </c>
       <c r="C51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D51" t="str">
-        <v>Jim Fathera</v>
+        <v>Brett Neal</v>
       </c>
       <c r="E51">
-        <v>-1</v>
+        <v>4</v>
       </c>
       <c r="F51">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H51" t="str">
-        <v>jimger2004</v>
+        <v>bneal56</v>
       </c>
       <c r="I51">
-        <v>-1</v>
+        <v>4</v>
       </c>
       <c r="J51">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="K51">
         <v>3</v>
       </c>
       <c r="L51">
         <v>3</v>
       </c>
       <c r="M51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N51">
         <v>3</v>
       </c>
       <c r="O51">
         <v>3</v>
       </c>
       <c r="P51">
         <v>3</v>
       </c>
       <c r="Q51">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R51">
         <v>3</v>
       </c>
       <c r="S51">
         <v>3</v>
       </c>
       <c r="T51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W51">
         <v>3</v>
       </c>
       <c r="X51">
         <v>2</v>
       </c>
       <c r="Y51">
         <v>4</v>
       </c>
       <c r="Z51">
         <v>3</v>
       </c>
       <c r="AA51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB51">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
-        <v>PM50</v>
+        <v>MP60</v>
       </c>
       <c r="B52" t="str">
-        <v>T4</v>
+        <v>T2</v>
       </c>
       <c r="C52">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D52" t="str">
-        <v>Aaron Moore</v>
+        <v>Kory teters</v>
       </c>
       <c r="E52">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F52">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>14340</v>
+        <v>58</v>
       </c>
       <c r="H52" t="str">
-        <v>aarons0123</v>
+        <v>koryteters11049</v>
       </c>
       <c r="I52">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J52">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="K52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L52">
         <v>3</v>
       </c>
       <c r="M52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U52">
         <v>3</v>
       </c>
       <c r="V52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W52">
         <v>3</v>
       </c>
       <c r="X52">
         <v>3</v>
       </c>
       <c r="Y52">
         <v>4</v>
       </c>
       <c r="Z52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB52">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
-        <v>PM50</v>
+        <v>MP60</v>
       </c>
       <c r="B53" t="str">
-        <v>T4</v>
+        <v>4</v>
       </c>
       <c r="C53">
         <v>4</v>
       </c>
       <c r="D53" t="str">
-        <v>Jim Elkins</v>
+        <v>Bobby jackson</v>
       </c>
       <c r="E53">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="F53">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="G53">
-        <v>14800</v>
+        <v>253589</v>
       </c>
       <c r="H53" t="str">
-        <v>jdelkins</v>
+        <v>olfart</v>
       </c>
       <c r="I53">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="J53">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="K53">
         <v>3</v>
       </c>
       <c r="L53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M53">
         <v>3</v>
       </c>
       <c r="N53">
+        <v>3</v>
+      </c>
+      <c r="O53">
+        <v>4</v>
+      </c>
+      <c r="P53">
         <v>5</v>
       </c>
-      <c r="O53">
-[...4 lines deleted...]
-      </c>
       <c r="Q53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U53">
         <v>3</v>
       </c>
       <c r="V53">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W53">
         <v>3</v>
       </c>
       <c r="X53">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y53">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA53">
         <v>3</v>
       </c>
       <c r="AB53">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
-        <v>PM50</v>
+        <v>MA40</v>
       </c>
       <c r="B54" t="str">
-        <v>T6</v>
+        <v>1</v>
       </c>
       <c r="C54">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D54" t="str">
-        <v>Thomas Laird</v>
+        <v>Chris Speas</v>
       </c>
       <c r="E54">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="F54">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="G54">
-        <v>20788</v>
+        <v>105214</v>
       </c>
       <c r="H54" t="str">
-        <v>thomlaird</v>
+        <v>speazy</v>
       </c>
       <c r="I54">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="J54">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="K54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O54">
         <v>3</v>
       </c>
       <c r="P54">
         <v>4</v>
       </c>
       <c r="Q54">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R54">
         <v>2</v>
       </c>
       <c r="S54">
         <v>3</v>
       </c>
       <c r="T54">
         <v>2</v>
       </c>
       <c r="U54">
         <v>3</v>
       </c>
       <c r="V54">
         <v>2</v>
       </c>
       <c r="W54">
         <v>3</v>
       </c>
       <c r="X54">
         <v>3</v>
       </c>
       <c r="Y54">
         <v>3</v>
       </c>
       <c r="Z54">
         <v>3</v>
       </c>
       <c r="AA54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB54">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
-        <v>PM50</v>
+        <v>MA40</v>
       </c>
       <c r="B55" t="str">
-        <v>T6</v>
+        <v>T2</v>
       </c>
       <c r="C55">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D55" t="str">
-        <v>Jim Stuppy</v>
+        <v>Dave Cerchiaro</v>
       </c>
       <c r="E55">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="F55">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G55">
-        <v>22508</v>
+        <v>20603</v>
       </c>
       <c r="H55" t="str">
-        <v>stuppmeister1</v>
+        <v>chickarrow</v>
       </c>
       <c r="I55">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="J55">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="K55">
         <v>3</v>
       </c>
       <c r="L55">
         <v>3</v>
       </c>
       <c r="M55">
         <v>3</v>
       </c>
       <c r="N55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O55">
         <v>3</v>
       </c>
       <c r="P55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R55">
         <v>3</v>
       </c>
       <c r="S55">
         <v>2</v>
       </c>
       <c r="T55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U55">
         <v>4</v>
       </c>
       <c r="V55">
         <v>3</v>
       </c>
       <c r="W55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y55">
         <v>4</v>
       </c>
       <c r="Z55">
         <v>3</v>
       </c>
       <c r="AA55">
         <v>3</v>
       </c>
       <c r="AB55">
         <v>3</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
-        <v>PM50</v>
+        <v>MA40</v>
       </c>
       <c r="B56" t="str">
-        <v>8</v>
+        <v>T2</v>
       </c>
       <c r="C56">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D56" t="str">
-        <v>Tim Saffer</v>
+        <v>Michael Bartley</v>
       </c>
       <c r="E56">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="F56">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>99912</v>
+        <v>53</v>
       </c>
       <c r="H56" t="str">
-        <v>timsaffer</v>
+        <v>michaelbartley</v>
       </c>
       <c r="I56">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="J56">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="K56">
         <v>3</v>
       </c>
       <c r="L56">
         <v>3</v>
       </c>
       <c r="M56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N56">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O56">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P56">
         <v>4</v>
       </c>
       <c r="Q56">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R56">
         <v>3</v>
       </c>
       <c r="S56">
         <v>2</v>
       </c>
       <c r="T56">
         <v>2</v>
       </c>
       <c r="U56">
         <v>3</v>
       </c>
       <c r="V56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X56">
         <v>2</v>
       </c>
       <c r="Y56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z56">
         <v>3</v>
       </c>
       <c r="AA56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB56">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
-        <v>PM50</v>
+        <v>MA40</v>
       </c>
       <c r="B57" t="str">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C57">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D57" t="str">
-        <v>Josh Smothers</v>
+        <v>Jay davidson</v>
       </c>
       <c r="E57">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F57">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G57">
-        <v>301125</v>
+        <v>242442</v>
       </c>
       <c r="H57" t="str">
-        <v>smutmanmcmx</v>
+        <v>jaydavido</v>
       </c>
       <c r="I57">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J57">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="K57">
         <v>3</v>
       </c>
       <c r="L57">
         <v>3</v>
       </c>
       <c r="M57">
         <v>3</v>
       </c>
       <c r="N57">
         <v>3</v>
       </c>
       <c r="O57">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P57">
         <v>3</v>
       </c>
       <c r="Q57">
         <v>4</v>
       </c>
       <c r="R57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T57">
         <v>3</v>
       </c>
       <c r="U57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W57">
         <v>4</v>
       </c>
       <c r="X57">
         <v>3</v>
       </c>
       <c r="Y57">
         <v>4</v>
       </c>
       <c r="Z57">
         <v>3</v>
       </c>
       <c r="AA57">
         <v>3</v>
       </c>
       <c r="AB57">
         <v>3</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
-        <v>PM60</v>
+        <v>MA40</v>
       </c>
       <c r="B58" t="str">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C58">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D58" t="str">
-        <v>James White</v>
+        <v>Beau Bourgeois</v>
       </c>
       <c r="E58">
         <v>3</v>
       </c>
       <c r="F58">
         <v>57</v>
       </c>
+      <c r="G58">
+        <v>123176</v>
+      </c>
       <c r="H58" t="str">
-        <v>jameswhite</v>
+        <v>bbougeois</v>
       </c>
       <c r="I58">
         <v>3</v>
       </c>
       <c r="J58">
         <v>57</v>
       </c>
       <c r="K58">
         <v>3</v>
       </c>
       <c r="L58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M58">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N58">
         <v>3</v>
       </c>
       <c r="O58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P58">
         <v>4</v>
       </c>
       <c r="Q58">
         <v>4</v>
       </c>
       <c r="R58">
         <v>3</v>
       </c>
       <c r="S58">
         <v>3</v>
       </c>
       <c r="T58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U58">
         <v>3</v>
       </c>
       <c r="V58">
         <v>3</v>
       </c>
       <c r="W58">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z58">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB58">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
-        <v>PM60</v>
+        <v>MA40</v>
       </c>
       <c r="B59" t="str">
-        <v>T2</v>
+        <v>6</v>
       </c>
       <c r="C59">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D59" t="str">
-        <v>Brett Neal</v>
+        <v>Mitch Baker</v>
       </c>
       <c r="E59">
         <v>4</v>
       </c>
       <c r="F59">
         <v>58</v>
       </c>
+      <c r="G59">
+        <v>125825</v>
+      </c>
       <c r="H59" t="str">
-        <v>bneal56</v>
+        <v>didida101</v>
       </c>
       <c r="I59">
         <v>4</v>
       </c>
       <c r="J59">
         <v>58</v>
       </c>
       <c r="K59">
         <v>3</v>
       </c>
       <c r="L59">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M59">
         <v>4</v>
       </c>
       <c r="N59">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O59">
         <v>3</v>
       </c>
       <c r="P59">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q59">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R59">
         <v>3</v>
       </c>
       <c r="S59">
         <v>3</v>
       </c>
       <c r="T59">
         <v>3</v>
       </c>
       <c r="U59">
         <v>3</v>
       </c>
       <c r="V59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W59">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X59">
         <v>2</v>
       </c>
       <c r="Y59">
         <v>4</v>
       </c>
       <c r="Z59">
         <v>3</v>
       </c>
       <c r="AA59">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB59">
         <v>3</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
-        <v>PM60</v>
+        <v>MA50</v>
       </c>
       <c r="B60" t="str">
-        <v>T2</v>
+        <v>1</v>
       </c>
       <c r="C60">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D60" t="str">
-        <v>Kory teters</v>
+        <v xml:space="preserve">Mike Osborne </v>
       </c>
       <c r="E60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F60">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H60" t="str">
-        <v>koryteters11049</v>
+        <v>tippman100</v>
       </c>
       <c r="I60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J60">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K60">
         <v>3</v>
       </c>
       <c r="L60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M60">
         <v>3</v>
       </c>
       <c r="N60">
         <v>3</v>
       </c>
       <c r="O60">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P60">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R60">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S60">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U60">
         <v>3</v>
       </c>
       <c r="V60">
         <v>3</v>
       </c>
       <c r="W60">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y60">
         <v>4</v>
       </c>
       <c r="Z60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA60">
         <v>4</v>
       </c>
       <c r="AB60">
         <v>3</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
-        <v>PM60</v>
+        <v>MJ18</v>
       </c>
       <c r="B61" t="str">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C61">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D61" t="str">
-        <v>Bobby jackson</v>
+        <v>Sammy Olson</v>
       </c>
       <c r="E61">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F61">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>253589</v>
+        <v>89</v>
       </c>
       <c r="H61" t="str">
-        <v>olfart</v>
+        <v>sammyolson</v>
       </c>
       <c r="I61">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="J61">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="K61">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L61">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N61">
         <v>3</v>
       </c>
       <c r="O61">
         <v>4</v>
       </c>
       <c r="P61">
+        <v>7</v>
+      </c>
+      <c r="Q61">
         <v>5</v>
       </c>
-      <c r="Q61">
-[...1 lines deleted...]
-      </c>
       <c r="R61">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S61">
         <v>3</v>
       </c>
       <c r="T61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U61">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V61">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="W61">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="X61">
         <v>4</v>
       </c>
       <c r="Y61">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="Z61">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AA61">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AB61">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB61"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>