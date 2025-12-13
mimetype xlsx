--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -2688,50 +2688,53 @@
         <v>2</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA1</v>
       </c>
       <c r="B27" t="str">
         <v>4</v>
       </c>
       <c r="C27">
         <v>4</v>
       </c>
       <c r="D27" t="str">
         <v>Brent giblin</v>
       </c>
       <c r="E27">
         <v>4</v>
       </c>
       <c r="F27">
         <v>63</v>
       </c>
+      <c r="G27">
+        <v>317645</v>
+      </c>
       <c r="H27" t="str">
         <v>giblinsquad</v>
       </c>
       <c r="I27">
         <v>4</v>
       </c>
       <c r="J27">
         <v>63</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>6</v>
       </c>
       <c r="M27">
         <v>4</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
@@ -4050,51 +4053,51 @@
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MA3</v>
       </c>
       <c r="B43" t="str">
         <v>5</v>
       </c>
       <c r="C43">
         <v>5</v>
       </c>
       <c r="D43" t="str">
         <v>Sean Scott</v>
       </c>
       <c r="E43">
         <v>8</v>
       </c>
       <c r="F43">
         <v>67</v>
       </c>
       <c r="G43">
         <v>309463</v>
       </c>
       <c r="H43" t="str">
-        <v>franko615</v>
+        <v>sean615</v>
       </c>
       <c r="I43">
         <v>8</v>
       </c>
       <c r="J43">
         <v>67</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
         <v>6</v>
       </c>
       <c r="M43">
         <v>4</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
         <v>4</v>
       </c>