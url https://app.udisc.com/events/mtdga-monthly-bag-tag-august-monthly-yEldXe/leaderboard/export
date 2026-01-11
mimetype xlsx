--- v1 (2025-12-13)
+++ v2 (2026-01-11)
@@ -3795,51 +3795,51 @@
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>MA3</v>
       </c>
       <c r="B40" t="str">
         <v>2</v>
       </c>
       <c r="C40">
         <v>2</v>
       </c>
       <c r="D40" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E40">
         <v>4</v>
       </c>
       <c r="F40">
         <v>63</v>
       </c>
       <c r="G40">
         <v>299041</v>
       </c>
       <c r="H40" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="I40">
         <v>4</v>
       </c>
       <c r="J40">
         <v>63</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>5</v>
       </c>
       <c r="M40">
         <v>4</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
         <v>3</v>
       </c>