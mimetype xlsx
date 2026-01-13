--- v0 (2025-10-23)
+++ v1 (2026-01-13)
@@ -865,50 +865,53 @@
         <v>2</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>All In</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Grant Blenkiron</v>
       </c>
       <c r="E8">
         <v>-3</v>
       </c>
       <c r="F8">
         <v>29</v>
       </c>
+      <c r="G8">
+        <v>320226</v>
+      </c>
       <c r="H8" t="str">
         <v>grant944</v>
       </c>
       <c r="I8">
         <v>-3</v>
       </c>
       <c r="J8">
         <v>29</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">