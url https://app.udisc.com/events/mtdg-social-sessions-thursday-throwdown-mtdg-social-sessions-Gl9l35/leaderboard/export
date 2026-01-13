--- v0 (2025-11-29)
+++ v1 (2026-01-13)
@@ -919,146 +919,149 @@
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">
         <v>5</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>All In</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Aaron Williams</v>
+        <v>Grant Blenkiron</v>
       </c>
       <c r="E9">
         <v>2</v>
       </c>
       <c r="F9">
         <v>34</v>
       </c>
+      <c r="G9">
+        <v>320226</v>
+      </c>
       <c r="H9" t="str">
-        <v>puddleboat</v>
+        <v>grant944</v>
       </c>
       <c r="I9">
         <v>2</v>
       </c>
       <c r="J9">
         <v>34</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>All In</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Grant Blenkiron</v>
+        <v>Aaron Williams</v>
       </c>
       <c r="E10">
         <v>2</v>
       </c>
       <c r="F10">
         <v>34</v>
       </c>
       <c r="H10" t="str">
-        <v>grant944</v>
+        <v>puddleboat</v>
       </c>
       <c r="I10">
         <v>2</v>
       </c>
       <c r="J10">
         <v>34</v>
       </c>
       <c r="K10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="R10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>All In</v>
       </c>
       <c r="B11" t="str">
         <v>T8</v>
       </c>
       <c r="C11">
         <v>8</v>
       </c>
       <c r="D11" t="str">
         <v xml:space="preserve">Wayne Christensen </v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
         <v>34</v>
       </c>
       <c r="H11" t="str">