--- v0 (2025-11-29)
+++ v1 (2026-01-13)
@@ -1098,50 +1098,53 @@
         <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>All In</v>
       </c>
       <c r="B12" t="str">
         <v>T8</v>
       </c>
       <c r="C12">
         <v>8</v>
       </c>
       <c r="D12" t="str">
         <v>Grant Blenkiron</v>
       </c>
       <c r="E12">
         <v>-1</v>
       </c>
       <c r="F12">
         <v>31</v>
       </c>
+      <c r="G12">
+        <v>320226</v>
+      </c>
       <c r="H12" t="str">
         <v>grant944</v>
       </c>
       <c r="I12">
         <v>-1</v>
       </c>
       <c r="J12">
         <v>31</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">