--- v0 (2025-10-23)
+++ v1 (2026-01-13)
@@ -747,50 +747,53 @@
         <v>3</v>
       </c>
       <c r="S5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>All In</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>Grant Blenkiron</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
         <v>29</v>
       </c>
+      <c r="G6">
+        <v>320226</v>
+      </c>
       <c r="H6" t="str">
         <v>grant944</v>
       </c>
       <c r="I6">
         <v>-3</v>
       </c>
       <c r="J6">
         <v>29</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">