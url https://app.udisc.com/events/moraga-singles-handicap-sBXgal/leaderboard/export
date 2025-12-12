--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -1258,51 +1258,51 @@
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E10">
         <v>7</v>
       </c>
       <c r="F10">
         <v>61</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">
         <v>199025</v>
       </c>
       <c r="I10" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="J10">
         <v>7</v>
       </c>
       <c r="K10">
         <v>61</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>4</v>
       </c>