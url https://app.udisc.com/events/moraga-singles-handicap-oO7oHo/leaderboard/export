--- v0 (2025-10-07)
+++ v1 (2025-12-12)
@@ -1003,51 +1003,51 @@
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
         <v>55</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
         <v>199025</v>
       </c>
       <c r="I7" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="J7">
         <v>1</v>
       </c>
       <c r="K7">
         <v>55</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>