--- v0 (2025-10-07)
+++ v1 (2025-12-12)
@@ -1086,51 +1086,51 @@
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E8">
         <v>11</v>
       </c>
       <c r="F8">
         <v>65</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>199025</v>
       </c>
       <c r="I8" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="J8">
         <v>11</v>
       </c>
       <c r="K8">
         <v>65</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>