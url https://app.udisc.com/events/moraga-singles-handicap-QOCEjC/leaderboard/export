--- v0 (2025-10-07)
+++ v1 (2025-12-12)
@@ -1175,51 +1175,51 @@
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E9">
         <v>4</v>
       </c>
       <c r="F9">
         <v>58</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9">
         <v>199025</v>
       </c>
       <c r="I9" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="J9">
         <v>4</v>
       </c>
       <c r="K9">
         <v>58</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>