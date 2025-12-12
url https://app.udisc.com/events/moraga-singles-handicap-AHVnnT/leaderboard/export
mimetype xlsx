--- v0 (2025-10-07)
+++ v1 (2025-12-12)
@@ -1350,51 +1350,51 @@
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E11">
         <v>6</v>
       </c>
       <c r="F11">
         <v>60</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
         <v>199025</v>
       </c>
       <c r="I11" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="J11">
         <v>6</v>
       </c>
       <c r="K11">
         <v>60</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>