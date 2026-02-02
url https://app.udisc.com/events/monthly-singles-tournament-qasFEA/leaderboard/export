--- v0 (2025-10-20)
+++ v1 (2026-02-02)
@@ -1733,50 +1733,53 @@
         <v>2</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA1</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Bear</v>
       </c>
       <c r="E16">
         <v>4</v>
       </c>
       <c r="F16">
         <v>58</v>
       </c>
+      <c r="G16">
+        <v>319709</v>
+      </c>
       <c r="H16" t="str">
         <v>bear1978</v>
       </c>
       <c r="I16">
         <v>4</v>
       </c>
       <c r="J16">
         <v>58</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>2</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">