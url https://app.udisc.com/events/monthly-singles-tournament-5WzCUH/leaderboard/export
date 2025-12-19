--- v0 (2025-11-28)
+++ v1 (2025-12-19)
@@ -1301,200 +1301,203 @@
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>2</v>
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA1</v>
       </c>
       <c r="B11" t="str">
         <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Jacob Ambrose</v>
+        <v>Rick dobson</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
         <v>52</v>
       </c>
+      <c r="G11">
+        <v>300688</v>
+      </c>
       <c r="H11" t="str">
-        <v>backhanddennis</v>
+        <v>rickdobson36</v>
       </c>
       <c r="I11">
         <v>-2</v>
       </c>
       <c r="J11">
         <v>52</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
       <c r="Q11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA1</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
-        <v>Rick dobson</v>
+        <v>Jacob Ambrose</v>
       </c>
       <c r="E12">
         <v>-2</v>
       </c>
       <c r="F12">
         <v>52</v>
       </c>
       <c r="H12" t="str">
-        <v>rickdobson36</v>
+        <v>backhanddennis</v>
       </c>
       <c r="I12">
         <v>-2</v>
       </c>
       <c r="J12">
         <v>52</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA1</v>
       </c>
       <c r="B13" t="str">
         <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Adam Van Brimmer</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>54</v>
       </c>
       <c r="H13" t="str">