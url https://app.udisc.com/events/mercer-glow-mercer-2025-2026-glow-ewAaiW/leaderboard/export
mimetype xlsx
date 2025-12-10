--- v0 (2025-11-10)
+++ v1 (2025-12-10)
@@ -2887,51 +2887,51 @@
       </c>
       <c r="AJ22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T19</v>
       </c>
       <c r="C23">
         <v>19</v>
       </c>
       <c r="D23" t="str">
         <v>Kevin Foster</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
       <c r="F23">
         <v>78</v>
       </c>
       <c r="H23" t="str">
-        <v>kevinacealways</v>
+        <v>k1773rm0nk3y</v>
       </c>
       <c r="I23">
         <v>0</v>
       </c>
       <c r="J23">
         <v>78</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
       <c r="L23">
         <v>4</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>2</v>
       </c>
       <c r="O23">
         <v>2</v>
       </c>
       <c r="P23">
         <v>4</v>
       </c>
@@ -4843,251 +4843,254 @@
       </c>
       <c r="AG40">
         <v>3</v>
       </c>
       <c r="AH40">
         <v>8</v>
       </c>
       <c r="AI40">
         <v>3</v>
       </c>
       <c r="AJ40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>T40</v>
       </c>
       <c r="C41">
         <v>40</v>
       </c>
       <c r="D41" t="str">
-        <v>Mike Marano</v>
+        <v>Nick Gardner</v>
       </c>
       <c r="E41">
         <v>9</v>
       </c>
       <c r="F41">
         <v>87</v>
       </c>
+      <c r="G41">
+        <v>299579</v>
+      </c>
       <c r="H41" t="str">
-        <v>mudshark11</v>
+        <v>dopemuffinz</v>
       </c>
       <c r="I41">
         <v>9</v>
       </c>
       <c r="J41">
         <v>87</v>
       </c>
       <c r="K41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M41">
         <v>3</v>
       </c>
       <c r="N41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O41">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T41">
         <v>3</v>
       </c>
       <c r="U41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V41">
         <v>3</v>
       </c>
       <c r="W41">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y41">
         <v>2</v>
       </c>
       <c r="Z41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA41">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AB41">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="AC41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD41">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AE41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF41">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="AG41">
         <v>3</v>
       </c>
       <c r="AH41">
         <v>3</v>
       </c>
       <c r="AI41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AJ41">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>T40</v>
       </c>
       <c r="C42">
         <v>40</v>
       </c>
       <c r="D42" t="str">
-        <v>Nick Gardner</v>
+        <v>Mike Marano</v>
       </c>
       <c r="E42">
         <v>9</v>
       </c>
       <c r="F42">
         <v>87</v>
       </c>
       <c r="H42" t="str">
-        <v>dopemuffinz</v>
+        <v>mudshark11</v>
       </c>
       <c r="I42">
         <v>9</v>
       </c>
       <c r="J42">
         <v>87</v>
       </c>
       <c r="K42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O42">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R42">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S42">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T42">
         <v>3</v>
       </c>
       <c r="U42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V42">
         <v>3</v>
       </c>
       <c r="W42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y42">
         <v>2</v>
       </c>
       <c r="Z42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA42">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AB42">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="AC42">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD42">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF42">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="AG42">
         <v>3</v>
       </c>
       <c r="AH42">
         <v>3</v>
       </c>
       <c r="AI42">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AJ42">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
         <v>T42</v>
       </c>
       <c r="C43">
         <v>42</v>
       </c>
       <c r="D43" t="str">
         <v>Kevin Manore</v>
       </c>
       <c r="E43">
         <v>10</v>
       </c>
       <c r="F43">
         <v>88</v>
       </c>
       <c r="G43">
         <v>285960</v>
       </c>
       <c r="H43" t="str">