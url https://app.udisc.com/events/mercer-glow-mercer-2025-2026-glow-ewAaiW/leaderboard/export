--- v1 (2025-12-10)
+++ v2 (2025-12-31)
@@ -5178,50 +5178,53 @@
         <v>3</v>
       </c>
       <c r="AJ43">
         <v>2</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
         <v>T42</v>
       </c>
       <c r="C44">
         <v>42</v>
       </c>
       <c r="D44" t="str">
         <v>Schmitt</v>
       </c>
       <c r="E44">
         <v>10</v>
       </c>
       <c r="F44">
         <v>88</v>
       </c>
+      <c r="G44">
+        <v>315809</v>
+      </c>
       <c r="H44" t="str">
         <v>schmitt85</v>
       </c>
       <c r="I44">
         <v>10</v>
       </c>
       <c r="J44">
         <v>88</v>
       </c>
       <c r="K44">
         <v>3</v>
       </c>
       <c r="L44">
         <v>2</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
         <v>5</v>
       </c>
       <c r="O44">
         <v>5</v>
       </c>
       <c r="P44">