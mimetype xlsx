--- v0 (2026-01-11)
+++ v1 (2026-02-12)
@@ -3264,346 +3264,349 @@
       </c>
       <c r="AF27">
         <v>2</v>
       </c>
       <c r="AG27">
         <v>3</v>
       </c>
       <c r="AH27">
         <v>3</v>
       </c>
       <c r="AI27" t="str">
         <v>18</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MA1</v>
       </c>
       <c r="B28" t="str">
         <v>T3</v>
       </c>
       <c r="C28">
         <v>3</v>
       </c>
       <c r="D28" t="str">
-        <v xml:space="preserve">Cheun Phiathep </v>
+        <v>Bryce Knittle</v>
       </c>
       <c r="E28">
         <v>-7</v>
       </c>
       <c r="F28">
         <v>65</v>
       </c>
       <c r="G28">
-        <v>244532</v>
+        <v>203865</v>
       </c>
       <c r="H28" t="str">
-        <v>cheunoffun</v>
+        <v>redbearddiscer</v>
       </c>
       <c r="I28">
         <v>-7</v>
       </c>
       <c r="J28">
         <v>65</v>
       </c>
       <c r="K28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O28">
         <v>2</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>
       <c r="Q28">
         <v>2</v>
       </c>
       <c r="R28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S28">
         <v>2</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>
       <c r="U28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W28">
         <v>2</v>
       </c>
       <c r="X28">
         <v>3</v>
       </c>
       <c r="Y28">
         <v>3</v>
       </c>
       <c r="Z28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AE28">
         <v>3</v>
       </c>
       <c r="AF28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AI28" t="str">
         <v>13</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA1</v>
       </c>
       <c r="B29" t="str">
         <v>T3</v>
       </c>
       <c r="C29">
         <v>3</v>
       </c>
       <c r="D29" t="str">
-        <v>Mac Westra</v>
+        <v xml:space="preserve">Cheun Phiathep </v>
       </c>
       <c r="E29">
         <v>-7</v>
       </c>
       <c r="F29">
         <v>65</v>
       </c>
       <c r="G29">
-        <v>263949</v>
+        <v>244532</v>
       </c>
       <c r="H29" t="str">
-        <v>macwestra</v>
+        <v>cheunoffun</v>
       </c>
       <c r="I29">
         <v>-7</v>
       </c>
       <c r="J29">
         <v>65</v>
       </c>
       <c r="K29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q29">
         <v>2</v>
       </c>
       <c r="R29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S29">
         <v>2</v>
       </c>
       <c r="T29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z29">
         <v>3</v>
       </c>
       <c r="AA29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF29">
         <v>2</v>
       </c>
       <c r="AG29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AI29" t="str">
         <v>13</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA1</v>
       </c>
       <c r="B30" t="str">
         <v>T3</v>
       </c>
       <c r="C30">
         <v>3</v>
       </c>
       <c r="D30" t="str">
-        <v>Bryce Knittle</v>
+        <v>Mac Westra</v>
       </c>
       <c r="E30">
         <v>-7</v>
       </c>
       <c r="F30">
         <v>65</v>
       </c>
+      <c r="G30">
+        <v>263949</v>
+      </c>
       <c r="H30" t="str">
-        <v>redbearddiscer</v>
+        <v>macwestra</v>
       </c>
       <c r="I30">
         <v>-7</v>
       </c>
       <c r="J30">
         <v>65</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q30">
         <v>2</v>
       </c>
       <c r="R30">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S30">
         <v>2</v>
       </c>
       <c r="T30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V30">
         <v>3</v>
       </c>
       <c r="W30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
       <c r="AC30">
         <v>3</v>
       </c>
       <c r="AD30">
         <v>2</v>
       </c>
       <c r="AE30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG30">
         <v>3</v>
       </c>
       <c r="AH30">
         <v>3</v>
       </c>
       <c r="AI30" t="str">
         <v>13</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA1</v>
       </c>
       <c r="B31" t="str">
         <v>6</v>
       </c>
       <c r="C31">
         <v>6</v>
       </c>
       <c r="D31" t="str">
         <v>don stowell</v>
       </c>
       <c r="E31">