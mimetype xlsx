--- v0 (2025-10-19)
+++ v1 (2025-12-27)
@@ -1570,50 +1570,53 @@
         <v>2</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA40</v>
       </c>
       <c r="B14" t="str">
         <v>1</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="str">
         <v>Ryan Wallace</v>
       </c>
       <c r="E14">
         <v>3</v>
       </c>
       <c r="F14">
         <v>68</v>
       </c>
+      <c r="G14">
+        <v>161030</v>
+      </c>
       <c r="H14" t="str">
         <v>wallae</v>
       </c>
       <c r="I14">
         <v>3</v>
       </c>
       <c r="J14">
         <v>68</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">