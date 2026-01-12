--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -1033,50 +1033,53 @@
         <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>4</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
+      <c r="B8" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D8" t="str">
         <v>Jon Jasper  &amp; Elias Schurter</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="H8" t="str">
         <v>jasper85,frizdawgg2000</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB8"/>
   </ignoredErrors>
 </worksheet>
 </file>