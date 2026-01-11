--- v0 (2025-11-09)
+++ v1 (2026-01-11)
@@ -545,1068 +545,1410 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_7</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_8</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Jason Pauli</v>
       </c>
       <c r="E2">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="F2">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="G2">
         <v>145721</v>
       </c>
       <c r="H2" t="str">
         <v>jasonpauli</v>
       </c>
       <c r="I2">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="J2">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>4</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
+        <v>3</v>
+      </c>
+      <c r="T2">
+        <v>3</v>
+      </c>
+      <c r="U2">
+        <v>6</v>
+      </c>
+      <c r="V2">
+        <v>4</v>
+      </c>
+      <c r="W2">
+        <v>4</v>
+      </c>
+      <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>5</v>
+      </c>
+      <c r="Z2">
+        <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>2</v>
+      </c>
+      <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Robin Hood</v>
       </c>
       <c r="E3">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="F3">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="G3">
         <v>190703</v>
       </c>
       <c r="H3" t="str">
         <v>jrhood25</v>
       </c>
       <c r="I3">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="J3">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>3</v>
+      </c>
+      <c r="U3">
+        <v>6</v>
+      </c>
+      <c r="V3">
+        <v>4</v>
+      </c>
+      <c r="W3">
+        <v>4</v>
+      </c>
+      <c r="X3">
+        <v>3</v>
+      </c>
+      <c r="Y3">
+        <v>5</v>
+      </c>
+      <c r="Z3">
+        <v>2</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Kevin Rarick</v>
+        <v>James teninty</v>
       </c>
       <c r="E4">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F4">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="G4">
-        <v>27063</v>
+        <v>45723</v>
       </c>
       <c r="H4" t="str">
-        <v>krarick</v>
+        <v>portofca11</v>
       </c>
       <c r="I4">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J4">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="K4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="T4">
+        <v>2</v>
+      </c>
+      <c r="U4">
+        <v>6</v>
+      </c>
+      <c r="V4">
+        <v>6</v>
+      </c>
+      <c r="W4">
+        <v>3</v>
+      </c>
+      <c r="X4">
+        <v>4</v>
+      </c>
+      <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>3</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
+        <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Luke Wallace</v>
+        <v>Kevin Rarick</v>
       </c>
       <c r="E5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F5">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="G5">
-        <v>192064</v>
+        <v>27063</v>
       </c>
       <c r="H5" t="str">
-        <v>lukeayayron</v>
+        <v>krarick</v>
       </c>
       <c r="I5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J5">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>5</v>
+        <v>3</v>
+      </c>
+      <c r="U5">
+        <v>6</v>
+      </c>
+      <c r="V5">
+        <v>4</v>
+      </c>
+      <c r="W5">
+        <v>4</v>
+      </c>
+      <c r="X5">
+        <v>3</v>
+      </c>
+      <c r="Y5">
+        <v>5</v>
+      </c>
+      <c r="Z5">
+        <v>3</v>
+      </c>
+      <c r="AA5">
+        <v>4</v>
+      </c>
+      <c r="AB5">
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Ben Firestone</v>
+        <v>Luke Wallace</v>
       </c>
       <c r="E6">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F6">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="G6">
-        <v>276944</v>
+        <v>192064</v>
       </c>
       <c r="H6" t="str">
-        <v>bfirestone17</v>
+        <v>lukeayayron</v>
       </c>
       <c r="I6">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="J6">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="U6">
+        <v>6</v>
+      </c>
+      <c r="V6">
+        <v>4</v>
+      </c>
+      <c r="W6">
+        <v>4</v>
+      </c>
+      <c r="X6">
+        <v>3</v>
+      </c>
+      <c r="Y6">
+        <v>5</v>
+      </c>
+      <c r="Z6">
+        <v>4</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>James teninty</v>
+        <v>Ben Firestone</v>
       </c>
       <c r="E7">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F7">
-        <v>46</v>
+        <v>69</v>
+      </c>
+      <c r="G7">
+        <v>276944</v>
       </c>
       <c r="H7" t="str">
-        <v>portofca11</v>
+        <v>bfirestone17</v>
       </c>
       <c r="I7">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="J7">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="V7">
         <v>6</v>
+      </c>
+      <c r="W7">
+        <v>3</v>
+      </c>
+      <c r="X7">
+        <v>3</v>
+      </c>
+      <c r="Y7">
+        <v>4</v>
+      </c>
+      <c r="Z7">
+        <v>4</v>
+      </c>
+      <c r="AA7">
+        <v>3</v>
+      </c>
+      <c r="AB7">
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Zachary Hoy</v>
       </c>
       <c r="E8">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="F8">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="G8">
         <v>60602</v>
       </c>
       <c r="H8" t="str">
         <v>zacharyhoy</v>
       </c>
       <c r="I8">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J8">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>5</v>
       </c>
       <c r="M8">
         <v>5</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>7</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>4</v>
+      </c>
+      <c r="T8">
+        <v>4</v>
+      </c>
+      <c r="U8">
+        <v>8</v>
+      </c>
+      <c r="V8">
+        <v>5</v>
+      </c>
+      <c r="W8">
+        <v>4</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
+        <v>5</v>
+      </c>
+      <c r="Z8">
+        <v>2</v>
+      </c>
+      <c r="AA8">
+        <v>3</v>
+      </c>
+      <c r="AB8">
+        <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
-        <v>T8</v>
+        <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Chris Sutherland</v>
       </c>
       <c r="E9">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F9">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="G9">
         <v>61067</v>
       </c>
       <c r="H9" t="str">
         <v>suthercl</v>
       </c>
       <c r="I9">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="J9">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>7</v>
       </c>
       <c r="T9">
         <v>5</v>
+      </c>
+      <c r="U9">
+        <v>7</v>
+      </c>
+      <c r="V9">
+        <v>6</v>
+      </c>
+      <c r="W9">
+        <v>5</v>
+      </c>
+      <c r="X9">
+        <v>2</v>
+      </c>
+      <c r="Y9">
+        <v>3</v>
+      </c>
+      <c r="Z9">
+        <v>4</v>
+      </c>
+      <c r="AA9">
+        <v>2</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
-        <v>T8</v>
+        <v>9</v>
       </c>
       <c r="C10">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Dalton Killingsworth</v>
       </c>
       <c r="E10">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F10">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="G10">
         <v>145001</v>
       </c>
       <c r="H10" t="str">
         <v>dakillin</v>
       </c>
       <c r="I10">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="J10">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>7</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>5</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
         <v>5</v>
+      </c>
+      <c r="U10">
+        <v>5</v>
+      </c>
+      <c r="V10">
+        <v>5</v>
+      </c>
+      <c r="W10">
+        <v>4</v>
+      </c>
+      <c r="X10">
+        <v>4</v>
+      </c>
+      <c r="Y10">
+        <v>7</v>
+      </c>
+      <c r="Z10">
+        <v>3</v>
+      </c>
+      <c r="AA10">
+        <v>3</v>
+      </c>
+      <c r="AB10">
+        <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA1</v>
       </c>
       <c r="B11" t="str">
         <v>1</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="str">
         <v>Taylor King</v>
       </c>
       <c r="E11">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F11">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="G11">
         <v>151078</v>
       </c>
       <c r="H11" t="str">
         <v>tjking21</v>
       </c>
       <c r="I11">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="J11">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>6</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>5</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
         <v>2</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>5</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>5</v>
+      </c>
+      <c r="V11">
+        <v>5</v>
+      </c>
+      <c r="W11">
+        <v>4</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>4</v>
+      </c>
+      <c r="Z11">
+        <v>3</v>
+      </c>
+      <c r="AA11">
+        <v>5</v>
+      </c>
+      <c r="AB11">
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA2</v>
       </c>
       <c r="B12" t="str">
         <v>1</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="str">
         <v>Ben Davis</v>
       </c>
       <c r="E12">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="F12">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="G12">
         <v>241527</v>
       </c>
       <c r="H12" t="str">
         <v>bdfrolf</v>
       </c>
       <c r="I12">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="J12">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>2</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>4</v>
       </c>
       <c r="U12">
         <v>4</v>
       </c>
       <c r="V12">
         <v>3</v>
+      </c>
+      <c r="W12">
+        <v>3</v>
+      </c>
+      <c r="X12">
+        <v>3</v>
+      </c>
+      <c r="Y12">
+        <v>4</v>
+      </c>
+      <c r="Z12">
+        <v>3</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
+        <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA2</v>
       </c>
       <c r="B13" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="C13">
         <v>2</v>
       </c>
       <c r="D13" t="str">
         <v>Ryan Del Casino</v>
       </c>
       <c r="E13">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="F13">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="G13">
         <v>178882</v>
       </c>
       <c r="H13" t="str">
         <v>rdelcasino</v>
       </c>
       <c r="I13">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="J13">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>
       <c r="Q13">
         <v>2</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
         <v>4</v>
       </c>
       <c r="T13">
         <v>4</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
+      </c>
+      <c r="W13">
+        <v>4</v>
+      </c>
+      <c r="X13">
+        <v>3</v>
+      </c>
+      <c r="Y13">
+        <v>3</v>
+      </c>
+      <c r="Z13">
+        <v>3</v>
+      </c>
+      <c r="AA13">
+        <v>2</v>
+      </c>
+      <c r="AB13">
+        <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA2</v>
       </c>
       <c r="B14" t="str">
-        <v>T2</v>
+        <v>3</v>
       </c>
       <c r="C14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D14" t="str">
         <v>Jesse Todd</v>
       </c>
       <c r="E14">
         <v>-1</v>
       </c>
       <c r="F14">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="G14">
         <v>190690</v>
       </c>
       <c r="H14" t="str">
         <v>jesse615</v>
       </c>
       <c r="I14">
         <v>-1</v>
       </c>
       <c r="J14">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="K14">
         <v>5</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
       <c r="Q14">
         <v>2</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>4</v>
+      </c>
+      <c r="W14">
+        <v>4</v>
+      </c>
+      <c r="X14">
+        <v>4</v>
+      </c>
+      <c r="Y14">
+        <v>3</v>
+      </c>
+      <c r="Z14">
+        <v>2</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA2</v>
       </c>
       <c r="B15" t="str">
         <v>4</v>
       </c>
       <c r="C15">
         <v>4</v>
       </c>
       <c r="D15" t="str">
         <v>Nicholas Hicks</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="G15">
         <v>253975</v>
       </c>
       <c r="H15" t="str">
         <v>hicksna</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>2</v>
       </c>
       <c r="R15">
         <v>4</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
         <v>5</v>
       </c>
       <c r="V15">
         <v>4</v>
       </c>
       <c r="W15">
         <v>3</v>
+      </c>
+      <c r="X15">
+        <v>3</v>
+      </c>
+      <c r="Y15">
+        <v>4</v>
+      </c>
+      <c r="Z15">
+        <v>4</v>
+      </c>
+      <c r="AA15">
+        <v>3</v>
+      </c>
+      <c r="AB15">
+        <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA2</v>
       </c>
       <c r="B16" t="str">
         <v>5</v>
       </c>
       <c r="C16">
         <v>5</v>
       </c>
       <c r="D16" t="str">
-        <v>Dylan Dawson</v>
+        <v>Lucian Baker</v>
       </c>
       <c r="E16">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F16">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="G16">
-        <v>261812</v>
+        <v>126262</v>
       </c>
       <c r="H16" t="str">
-        <v>ddawson273</v>
+        <v>itsluscious</v>
       </c>
       <c r="I16">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J16">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>5</v>
       </c>
       <c r="M16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P16">
         <v>5</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S16">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W16">
-        <v>3</v>
+        <v>5</v>
+      </c>
+      <c r="X16">
+        <v>4</v>
+      </c>
+      <c r="Y16">
+        <v>5</v>
+      </c>
+      <c r="Z16">
+        <v>3</v>
+      </c>
+      <c r="AA16">
+        <v>2</v>
+      </c>
+      <c r="AB16">
+        <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA2</v>
       </c>
       <c r="B17" t="str">
         <v>6</v>
       </c>
       <c r="C17">
         <v>6</v>
       </c>
       <c r="D17" t="str">
-        <v>Lucian Baker</v>
+        <v>Dylan Dawson</v>
       </c>
       <c r="E17">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F17">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="G17">
-        <v>126262</v>
+        <v>261812</v>
       </c>
       <c r="H17" t="str">
-        <v>itsluscious</v>
+        <v>ddawson273</v>
       </c>
       <c r="I17">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J17">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>5</v>
       </c>
       <c r="M17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O17">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P17">
         <v>5</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W17">
-        <v>5</v>
+        <v>3</v>
+      </c>
+      <c r="X17">
+        <v>3</v>
+      </c>
+      <c r="Y17">
+        <v>3</v>
+      </c>
+      <c r="Z17">
+        <v>4</v>
+      </c>
+      <c r="AA17">
+        <v>4</v>
+      </c>
+      <c r="AB17">
+        <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
         <v>1</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18" t="str">
         <v>Cristian Vera</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18">
         <v>63</v>
       </c>
       <c r="G18">
         <v>278337</v>
       </c>
       <c r="H18" t="str">
@@ -3023,767 +3365,905 @@
       </c>
       <c r="W34">
         <v>6</v>
       </c>
       <c r="X34">
         <v>6</v>
       </c>
       <c r="Y34">
         <v>5</v>
       </c>
       <c r="Z34">
         <v>3</v>
       </c>
       <c r="AA34">
         <v>4</v>
       </c>
       <c r="AB34">
         <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>MP50</v>
       </c>
       <c r="B35" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C35">
         <v>1</v>
       </c>
       <c r="D35" t="str">
         <v>David Kessler</v>
       </c>
       <c r="E35">
         <v>5</v>
       </c>
       <c r="F35">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="G35">
         <v>1422</v>
       </c>
       <c r="H35" t="str">
         <v>davidkessler</v>
       </c>
       <c r="I35">
         <v>5</v>
       </c>
       <c r="J35">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="K35">
         <v>4</v>
       </c>
       <c r="L35">
         <v>4</v>
       </c>
       <c r="M35">
         <v>2</v>
       </c>
       <c r="N35">
         <v>4</v>
       </c>
       <c r="O35">
         <v>4</v>
       </c>
       <c r="P35">
         <v>5</v>
       </c>
       <c r="Q35">
         <v>4</v>
       </c>
       <c r="R35">
         <v>4</v>
       </c>
       <c r="S35">
         <v>3</v>
       </c>
       <c r="T35">
         <v>3</v>
       </c>
       <c r="U35">
         <v>5</v>
+      </c>
+      <c r="V35">
+        <v>4</v>
+      </c>
+      <c r="W35">
+        <v>4</v>
+      </c>
+      <c r="X35">
+        <v>4</v>
+      </c>
+      <c r="Y35">
+        <v>4</v>
+      </c>
+      <c r="Z35">
+        <v>2</v>
+      </c>
+      <c r="AA35">
+        <v>2</v>
+      </c>
+      <c r="AB35">
+        <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>MP50</v>
       </c>
       <c r="B36" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="C36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D36" t="str">
         <v>Mike Whitley</v>
       </c>
       <c r="E36">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F36">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="G36">
         <v>235580</v>
       </c>
       <c r="H36" t="str">
         <v>treedit615</v>
       </c>
       <c r="I36">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J36">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="K36">
         <v>5</v>
       </c>
       <c r="L36">
         <v>4</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
         <v>4</v>
       </c>
       <c r="O36">
         <v>4</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
         <v>3</v>
       </c>
       <c r="R36">
         <v>4</v>
       </c>
       <c r="S36">
         <v>3</v>
       </c>
       <c r="T36">
         <v>4</v>
       </c>
       <c r="U36">
         <v>5</v>
+      </c>
+      <c r="V36">
+        <v>5</v>
+      </c>
+      <c r="W36">
+        <v>3</v>
+      </c>
+      <c r="X36">
+        <v>3</v>
+      </c>
+      <c r="Y36">
+        <v>6</v>
+      </c>
+      <c r="Z36">
+        <v>3</v>
+      </c>
+      <c r="AA36">
+        <v>3</v>
+      </c>
+      <c r="AB36">
+        <v>2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MA40</v>
       </c>
       <c r="B37" t="str">
         <v>1</v>
       </c>
       <c r="C37">
         <v>1</v>
       </c>
       <c r="D37" t="str">
         <v>Jonathan Belch</v>
       </c>
       <c r="E37">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="F37">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="H37" t="str">
         <v>jbgp1umbing</v>
       </c>
       <c r="I37">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="J37">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="K37">
         <v>2</v>
       </c>
       <c r="L37">
         <v>4</v>
       </c>
       <c r="M37">
         <v>2</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
         <v>2</v>
       </c>
       <c r="Q37">
         <v>3</v>
       </c>
       <c r="R37">
         <v>3</v>
       </c>
       <c r="S37">
         <v>3</v>
       </c>
       <c r="T37">
         <v>4</v>
       </c>
       <c r="U37">
         <v>4</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
       <c r="W37">
         <v>3</v>
       </c>
       <c r="X37">
         <v>4</v>
+      </c>
+      <c r="Y37">
+        <v>4</v>
+      </c>
+      <c r="Z37">
+        <v>3</v>
+      </c>
+      <c r="AA37">
+        <v>3</v>
+      </c>
+      <c r="AB37">
+        <v>2</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>MA40</v>
       </c>
       <c r="B38" t="str">
-        <v>2</v>
+        <v>T2</v>
       </c>
       <c r="C38">
         <v>2</v>
       </c>
       <c r="D38" t="str">
         <v>Jesse Burchfiel</v>
       </c>
       <c r="E38">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F38">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="G38">
         <v>130324</v>
       </c>
       <c r="H38" t="str">
         <v>jessedougan</v>
       </c>
       <c r="I38">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J38">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>5</v>
       </c>
       <c r="M38">
         <v>3</v>
       </c>
       <c r="N38">
         <v>2</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
         <v>4</v>
       </c>
       <c r="Q38">
         <v>3</v>
       </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
         <v>4</v>
       </c>
       <c r="T38">
         <v>3</v>
       </c>
       <c r="U38">
         <v>3</v>
       </c>
       <c r="V38">
         <v>3</v>
       </c>
       <c r="W38">
         <v>5</v>
+      </c>
+      <c r="X38">
+        <v>5</v>
+      </c>
+      <c r="Y38">
+        <v>5</v>
+      </c>
+      <c r="Z38">
+        <v>2</v>
+      </c>
+      <c r="AA38">
+        <v>3</v>
+      </c>
+      <c r="AB38">
+        <v>2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>MA40</v>
       </c>
       <c r="B39" t="str">
-        <v>3</v>
+        <v>T2</v>
       </c>
       <c r="C39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D39" t="str">
         <v>Brian Lyle</v>
       </c>
       <c r="E39">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F39">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="H39" t="str">
         <v>discflyer316</v>
       </c>
       <c r="I39">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J39">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="K39">
         <v>4</v>
       </c>
       <c r="L39">
         <v>5</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
         <v>3</v>
       </c>
       <c r="Q39">
         <v>2</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
         <v>4</v>
       </c>
       <c r="T39">
         <v>3</v>
       </c>
       <c r="U39">
         <v>5</v>
       </c>
       <c r="V39">
         <v>4</v>
       </c>
       <c r="W39">
         <v>4</v>
+      </c>
+      <c r="X39">
+        <v>3</v>
+      </c>
+      <c r="Y39">
+        <v>4</v>
+      </c>
+      <c r="Z39">
+        <v>2</v>
+      </c>
+      <c r="AA39">
+        <v>3</v>
+      </c>
+      <c r="AB39">
+        <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>MA40</v>
       </c>
       <c r="B40" t="str">
-        <v>T4</v>
+        <v>4</v>
       </c>
       <c r="C40">
         <v>4</v>
       </c>
       <c r="D40" t="str">
         <v>Mike Farriss</v>
       </c>
       <c r="E40">
         <v>5</v>
       </c>
       <c r="F40">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="G40">
         <v>158622</v>
       </c>
       <c r="H40" t="str">
         <v>farriss</v>
       </c>
       <c r="I40">
         <v>5</v>
       </c>
       <c r="J40">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>6</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
         <v>3</v>
       </c>
       <c r="Q40">
         <v>3</v>
       </c>
       <c r="R40">
         <v>5</v>
       </c>
       <c r="S40">
         <v>5</v>
       </c>
       <c r="T40">
         <v>4</v>
       </c>
       <c r="U40">
         <v>4</v>
       </c>
       <c r="V40">
         <v>4</v>
       </c>
       <c r="W40">
+        <v>3</v>
+      </c>
+      <c r="X40">
+        <v>3</v>
+      </c>
+      <c r="Y40">
+        <v>4</v>
+      </c>
+      <c r="Z40">
+        <v>2</v>
+      </c>
+      <c r="AA40">
+        <v>4</v>
+      </c>
+      <c r="AB40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>MA40</v>
       </c>
       <c r="B41" t="str">
-        <v>T4</v>
+        <v>5</v>
       </c>
       <c r="C41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D41" t="str">
         <v>John Cone</v>
       </c>
       <c r="E41">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F41">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="H41" t="str">
         <v>mrcone03</v>
       </c>
       <c r="I41">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J41">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
         <v>4</v>
       </c>
       <c r="M41">
         <v>3</v>
       </c>
       <c r="N41">
         <v>5</v>
       </c>
       <c r="O41">
         <v>5</v>
       </c>
       <c r="P41">
         <v>3</v>
       </c>
       <c r="Q41">
         <v>2</v>
       </c>
       <c r="R41">
         <v>3</v>
       </c>
       <c r="S41">
         <v>4</v>
       </c>
       <c r="T41">
         <v>5</v>
       </c>
       <c r="U41">
         <v>4</v>
       </c>
       <c r="V41">
         <v>4</v>
       </c>
       <c r="W41">
         <v>4</v>
+      </c>
+      <c r="X41">
+        <v>4</v>
+      </c>
+      <c r="Y41">
+        <v>4</v>
+      </c>
+      <c r="Z41">
+        <v>4</v>
+      </c>
+      <c r="AA41">
+        <v>3</v>
+      </c>
+      <c r="AB41">
+        <v>2</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>MA40</v>
       </c>
       <c r="B42" t="str">
-        <v>T6</v>
+        <v>6</v>
       </c>
       <c r="C42">
         <v>6</v>
       </c>
       <c r="D42" t="str">
-        <v>Beau Bourgeois</v>
+        <v>Aaron mcDonald</v>
       </c>
       <c r="E42">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F42">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="G42">
-        <v>123176</v>
+        <v>187936</v>
       </c>
       <c r="H42" t="str">
-        <v>bbougeois</v>
+        <v>aaronmc</v>
       </c>
       <c r="I42">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J42">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="K42">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="L42">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="M42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P42">
         <v>4</v>
       </c>
       <c r="Q42">
         <v>3</v>
       </c>
       <c r="R42">
         <v>3</v>
       </c>
       <c r="S42">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T42">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U42">
         <v>4</v>
       </c>
       <c r="V42">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W42">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="X42">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="Y42">
+        <v>5</v>
+      </c>
+      <c r="Z42">
+        <v>2</v>
+      </c>
+      <c r="AA42">
+        <v>3</v>
+      </c>
+      <c r="AB42">
+        <v>2</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MA40</v>
       </c>
       <c r="B43" t="str">
-        <v>T6</v>
+        <v>7</v>
       </c>
       <c r="C43">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D43" t="str">
-        <v>Aaron mcDonald</v>
+        <v>Mitch Baker</v>
       </c>
       <c r="E43">
         <v>11</v>
       </c>
       <c r="F43">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="G43">
-        <v>187936</v>
+        <v>125825</v>
       </c>
       <c r="H43" t="str">
-        <v>aaronmc</v>
+        <v>didida101</v>
       </c>
       <c r="I43">
         <v>11</v>
       </c>
       <c r="J43">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="K43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L43">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M43">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O43">
         <v>5</v>
       </c>
       <c r="P43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q43">
         <v>3</v>
       </c>
       <c r="R43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S43">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="T43">
         <v>5</v>
       </c>
       <c r="U43">
         <v>4</v>
       </c>
       <c r="V43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W43">
         <v>4</v>
       </c>
       <c r="X43">
         <v>4</v>
+      </c>
+      <c r="Y43">
+        <v>5</v>
+      </c>
+      <c r="Z43">
+        <v>2</v>
+      </c>
+      <c r="AA43">
+        <v>3</v>
+      </c>
+      <c r="AB43">
+        <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>MA40</v>
       </c>
       <c r="B44" t="str">
-        <v>T6</v>
+        <v>T8</v>
       </c>
       <c r="C44">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D44" t="str">
-        <v>Mitch Baker</v>
+        <v>Beau Bourgeois</v>
       </c>
       <c r="E44">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F44">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G44">
-        <v>125825</v>
+        <v>123176</v>
       </c>
       <c r="H44" t="str">
-        <v>didida101</v>
+        <v>bbougeois</v>
       </c>
       <c r="I44">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J44">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K44">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L44">
         <v>6</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
         <v>4</v>
       </c>
       <c r="O44">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q44">
         <v>3</v>
       </c>
       <c r="R44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S44">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="T44">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U44">
         <v>4</v>
       </c>
       <c r="V44">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W44">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="X44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y44">
         <v>5</v>
       </c>
       <c r="Z44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB44">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>MA40</v>
       </c>
       <c r="B45" t="str">
-        <v>9</v>
+        <v>T8</v>
       </c>
       <c r="C45">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D45" t="str">
         <v>Keith Tesch</v>
       </c>
       <c r="E45">
         <v>12</v>
       </c>
       <c r="F45">
         <v>72</v>
       </c>
       <c r="H45" t="str">
         <v>ktesch</v>
       </c>
       <c r="I45">
         <v>12</v>
       </c>
       <c r="J45">
         <v>72</v>
       </c>
       <c r="K45">
         <v>4</v>
       </c>
       <c r="L45">
         <v>5</v>
       </c>
@@ -4000,276 +4480,303 @@
       </c>
       <c r="Z47">
         <v>7</v>
       </c>
       <c r="AA47">
         <v>7</v>
       </c>
       <c r="AB47">
         <v>7</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>MA50</v>
       </c>
       <c r="B48" t="str">
         <v>1</v>
       </c>
       <c r="C48">
         <v>1</v>
       </c>
       <c r="D48" t="str">
         <v>Robert Zavala</v>
       </c>
       <c r="E48">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F48">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="G48">
         <v>86916</v>
       </c>
       <c r="H48" t="str">
         <v>bigz54</v>
       </c>
       <c r="I48">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J48">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="K48">
         <v>4</v>
       </c>
       <c r="L48">
         <v>4</v>
       </c>
       <c r="M48">
         <v>3</v>
       </c>
       <c r="N48">
         <v>3</v>
       </c>
       <c r="O48">
         <v>4</v>
       </c>
       <c r="P48">
         <v>3</v>
       </c>
       <c r="Q48">
         <v>2</v>
       </c>
       <c r="R48">
         <v>3</v>
       </c>
       <c r="S48">
         <v>5</v>
       </c>
       <c r="T48">
         <v>3</v>
       </c>
       <c r="U48">
         <v>4</v>
       </c>
       <c r="V48">
         <v>4</v>
       </c>
       <c r="W48">
         <v>4</v>
       </c>
       <c r="X48">
         <v>3</v>
       </c>
       <c r="Y48">
         <v>4</v>
+      </c>
+      <c r="Z48">
+        <v>3</v>
+      </c>
+      <c r="AA48">
+        <v>3</v>
+      </c>
+      <c r="AB48">
+        <v>2</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>MA50</v>
       </c>
       <c r="B49" t="str">
         <v>2</v>
       </c>
       <c r="C49">
         <v>2</v>
       </c>
       <c r="D49" t="str">
         <v>Shannan Napier</v>
       </c>
       <c r="E49">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F49">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="G49">
         <v>54058</v>
       </c>
       <c r="H49" t="str">
         <v>shannan54058</v>
       </c>
       <c r="I49">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J49">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K49">
         <v>3</v>
       </c>
       <c r="L49">
         <v>6</v>
       </c>
       <c r="M49">
         <v>3</v>
       </c>
       <c r="N49">
         <v>3</v>
       </c>
       <c r="O49">
         <v>3</v>
       </c>
       <c r="P49">
         <v>4</v>
       </c>
       <c r="Q49">
         <v>4</v>
       </c>
       <c r="R49">
         <v>3</v>
       </c>
       <c r="S49">
         <v>3</v>
       </c>
       <c r="T49">
         <v>3</v>
       </c>
       <c r="U49">
         <v>5</v>
       </c>
       <c r="V49">
         <v>5</v>
       </c>
       <c r="W49">
         <v>4</v>
       </c>
       <c r="X49">
         <v>4</v>
       </c>
       <c r="Y49">
         <v>4</v>
+      </c>
+      <c r="Z49">
+        <v>3</v>
+      </c>
+      <c r="AA49">
+        <v>3</v>
+      </c>
+      <c r="AB49">
+        <v>2</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>MA50</v>
       </c>
       <c r="B50" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="C50">
         <v>3</v>
       </c>
       <c r="D50" t="str">
         <v>Greg Moody</v>
       </c>
       <c r="E50">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F50">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G50">
         <v>45125</v>
       </c>
       <c r="H50" t="str">
         <v>moodyman</v>
       </c>
       <c r="I50">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J50">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="K50">
         <v>4</v>
       </c>
       <c r="L50">
         <v>4</v>
       </c>
       <c r="M50">
         <v>4</v>
       </c>
       <c r="N50">
         <v>6</v>
       </c>
       <c r="O50">
         <v>3</v>
       </c>
       <c r="P50">
         <v>3</v>
       </c>
       <c r="Q50">
         <v>3</v>
       </c>
       <c r="R50">
         <v>3</v>
       </c>
       <c r="S50">
         <v>4</v>
       </c>
       <c r="T50">
         <v>4</v>
       </c>
       <c r="U50">
         <v>4</v>
       </c>
       <c r="V50">
         <v>4</v>
       </c>
       <c r="W50">
         <v>4</v>
       </c>
       <c r="X50">
         <v>5</v>
       </c>
       <c r="Y50">
         <v>3</v>
+      </c>
+      <c r="Z50">
+        <v>3</v>
+      </c>
+      <c r="AA50">
+        <v>3</v>
+      </c>
+      <c r="AB50">
+        <v>4</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>MA50</v>
       </c>
       <c r="B51" t="str">
-        <v>4</v>
+        <v>T3</v>
       </c>
       <c r="C51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D51" t="str">
         <v>Randy Russell</v>
       </c>
       <c r="E51">
         <v>8</v>
       </c>
       <c r="F51">
         <v>68</v>
       </c>
       <c r="G51">
         <v>252462</v>
       </c>
       <c r="H51" t="str">
         <v>rnasolo</v>
       </c>
       <c r="I51">
         <v>8</v>
       </c>
       <c r="J51">
         <v>68</v>
       </c>
       <c r="K51">
         <v>4</v>
       </c>
@@ -4317,111 +4824,120 @@
       </c>
       <c r="Z51">
         <v>3</v>
       </c>
       <c r="AA51">
         <v>4</v>
       </c>
       <c r="AB51">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>MA50</v>
       </c>
       <c r="B52" t="str">
         <v>5</v>
       </c>
       <c r="C52">
         <v>5</v>
       </c>
       <c r="D52" t="str">
         <v>Chris Mendell</v>
       </c>
       <c r="E52">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F52">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="G52">
         <v>47123</v>
       </c>
       <c r="H52" t="str">
         <v>chrismendell</v>
       </c>
       <c r="I52">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J52">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="K52">
         <v>3</v>
       </c>
       <c r="L52">
         <v>6</v>
       </c>
       <c r="M52">
         <v>5</v>
       </c>
       <c r="N52">
         <v>2</v>
       </c>
       <c r="O52">
         <v>4</v>
       </c>
       <c r="P52">
         <v>3</v>
       </c>
       <c r="Q52">
         <v>3</v>
       </c>
       <c r="R52">
         <v>4</v>
       </c>
       <c r="S52">
         <v>4</v>
       </c>
       <c r="T52">
         <v>4</v>
       </c>
       <c r="U52">
         <v>6</v>
       </c>
       <c r="V52">
         <v>4</v>
       </c>
       <c r="W52">
         <v>4</v>
       </c>
       <c r="X52">
         <v>4</v>
       </c>
       <c r="Y52">
         <v>4</v>
+      </c>
+      <c r="Z52">
+        <v>2</v>
+      </c>
+      <c r="AA52">
+        <v>5</v>
+      </c>
+      <c r="AB52">
+        <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>MA50</v>
       </c>
       <c r="B53" t="str">
         <v>6</v>
       </c>
       <c r="C53">
         <v>6</v>
       </c>
       <c r="D53" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E53">
         <v>12</v>
       </c>
       <c r="F53">
         <v>72</v>
       </c>
       <c r="G53">
         <v>103382</v>
       </c>
       <c r="H53" t="str">