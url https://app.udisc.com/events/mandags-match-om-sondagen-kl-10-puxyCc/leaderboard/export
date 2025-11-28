--- v0 (2025-10-20)
+++ v1 (2025-11-28)
@@ -1924,51 +1924,51 @@
       </c>
       <c r="AD16">
         <v>8</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GUL</v>
       </c>
       <c r="B17" t="str">
         <v>8</v>
       </c>
       <c r="C17">
         <v>8</v>
       </c>
       <c r="D17" t="str">
         <v>Lucas Wedel</v>
       </c>
       <c r="E17">
         <v>10</v>
       </c>
       <c r="F17">
         <v>76</v>
       </c>
       <c r="H17" t="str">
-        <v>nixue1337</v>
+        <v>lucaswedel</v>
       </c>
       <c r="I17">
         <v>10</v>
       </c>
       <c r="J17">
         <v>76</v>
       </c>
       <c r="K17">
         <v>4</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>