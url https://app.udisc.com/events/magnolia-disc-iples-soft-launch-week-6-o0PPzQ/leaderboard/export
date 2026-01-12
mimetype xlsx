--- v0 (2025-10-19)
+++ v1 (2026-01-12)
@@ -1218,54 +1218,51 @@
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>4</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>2</v>
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Casual</v>
       </c>
       <c r="B10" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
         <v>Joshua</v>
       </c>
       <c r="E10">
         <v>13</v>
       </c>
       <c r="F10">
         <v>43</v>
       </c>
       <c r="H10" t="str">
         <v>jsconley88</v>
       </c>
       <c r="I10">
         <v>13</v>
       </c>
       <c r="J10">
         <v>43</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>