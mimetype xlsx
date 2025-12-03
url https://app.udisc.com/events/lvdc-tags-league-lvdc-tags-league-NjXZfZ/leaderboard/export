--- v0 (2025-10-20)
+++ v1 (2025-12-03)
@@ -877,449 +877,446 @@
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>4</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>PRO</v>
       </c>
       <c r="B6" t="str">
-        <v>T5</v>
+        <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v xml:space="preserve">Marshall litzenberger </v>
+        <v>Patrick Effting</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
-        <v>42</v>
+        <v>58</v>
+      </c>
+      <c r="G6">
+        <v>182208</v>
       </c>
       <c r="H6" t="str">
-        <v>belowparmarsh</v>
+        <v>rhibbles</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
-        <v>42</v>
+        <v>58</v>
+      </c>
+      <c r="K6">
+        <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X6">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="Y6">
+        <v>4</v>
+      </c>
+      <c r="Z6">
+        <v>3</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>PRO</v>
       </c>
       <c r="B7" t="str">
-        <v>T5</v>
+        <v>6</v>
       </c>
       <c r="C7">
+        <v>6</v>
+      </c>
+      <c r="D7" t="str">
+        <v>Scott Barrett</v>
+      </c>
+      <c r="E7">
+        <v>2</v>
+      </c>
+      <c r="F7">
+        <v>60</v>
+      </c>
+      <c r="H7" t="str">
+        <v>fetch1</v>
+      </c>
+      <c r="I7">
+        <v>2</v>
+      </c>
+      <c r="J7">
+        <v>60</v>
+      </c>
+      <c r="K7">
+        <v>4</v>
+      </c>
+      <c r="L7">
+        <v>3</v>
+      </c>
+      <c r="M7">
+        <v>4</v>
+      </c>
+      <c r="N7">
+        <v>3</v>
+      </c>
+      <c r="O7">
+        <v>4</v>
+      </c>
+      <c r="P7">
+        <v>3</v>
+      </c>
+      <c r="Q7">
+        <v>3</v>
+      </c>
+      <c r="R7">
+        <v>2</v>
+      </c>
+      <c r="S7">
         <v>5</v>
       </c>
-      <c r="D7" t="str">
-[...46 lines deleted...]
-      </c>
       <c r="T7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y7">
         <v>4</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>PRO</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Scott Barrett</v>
+        <v>Tim Moyer</v>
       </c>
       <c r="E8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F8">
-        <v>60</v>
+        <v>61</v>
+      </c>
+      <c r="G8">
+        <v>84632</v>
       </c>
       <c r="H8" t="str">
-        <v>fetch1</v>
+        <v>mckitten</v>
       </c>
       <c r="I8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J8">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S8">
         <v>5</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y8">
         <v>4</v>
       </c>
       <c r="Z8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>PRO</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Tim Moyer</v>
+        <v xml:space="preserve">Michael Fonzo </v>
       </c>
       <c r="E9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F9">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>84632</v>
+        <v>62</v>
       </c>
       <c r="H9" t="str">
-        <v>mckitten</v>
+        <v>michaelfonzo</v>
       </c>
       <c r="I9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J9">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T9">
         <v>4</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>4</v>
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA9">
         <v>4</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>PRO</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v xml:space="preserve">Michael Fonzo </v>
+        <v xml:space="preserve">Marshall litzenberger </v>
       </c>
       <c r="E10">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F10">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="H10" t="str">
-        <v>michaelfonzo</v>
+        <v>belowparmarsh</v>
       </c>
       <c r="I10">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J10">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="L10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N10">
+        <v>2</v>
+      </c>
+      <c r="O10">
         <v>5</v>
       </c>
-      <c r="O10">
-[...1 lines deleted...]
-      </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>4</v>
-      </c>
-[...10 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>AM</v>
       </c>
       <c r="B11" t="str">
         <v>1</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="str">
         <v>Pat Chrinko</v>
       </c>
       <c r="E11">
         <v>-8</v>
       </c>
       <c r="F11">
         <v>50</v>
       </c>
       <c r="G11">
         <v>103255</v>
       </c>
       <c r="H11" t="str">