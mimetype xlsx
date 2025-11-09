--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -683,50 +683,53 @@
       </c>
       <c r="C3">
         <v>-3</v>
       </c>
       <c r="D3">
         <v>-19</v>
       </c>
       <c r="E3" t="str">
         <v>UNICA</v>
       </c>
       <c r="F3" t="str">
         <v>4</v>
       </c>
       <c r="G3">
         <v>4</v>
       </c>
       <c r="H3" t="str">
         <v>Edomin</v>
       </c>
       <c r="I3">
         <v>16</v>
       </c>
       <c r="J3">
         <v>78</v>
       </c>
+      <c r="K3">
+        <v>309575</v>
+      </c>
       <c r="L3" t="str">
         <v>xeduardo</v>
       </c>
       <c r="M3">
         <v>16</v>
       </c>
       <c r="N3">
         <v>78</v>
       </c>
       <c r="O3">
         <v>5</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>6</v>
       </c>
       <c r="S3">
         <v>5</v>
       </c>
       <c r="T3">