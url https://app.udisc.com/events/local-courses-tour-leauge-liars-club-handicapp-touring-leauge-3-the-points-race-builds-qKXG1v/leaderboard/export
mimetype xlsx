--- v0 (2025-12-20)
+++ v1 (2026-01-13)
@@ -561,51 +561,51 @@
       </c>
       <c r="AD1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2">
         <v>-7</v>
       </c>
       <c r="E2" t="str">
-        <v>GEN</v>
+        <v>Gen</v>
       </c>
       <c r="F2" t="str">
         <v>3</v>
       </c>
       <c r="G2">
         <v>3</v>
       </c>
       <c r="H2" t="str">
         <v>Lynn Stalker</v>
       </c>
       <c r="I2">
         <v>8</v>
       </c>
       <c r="J2">
         <v>62</v>
       </c>
       <c r="K2">
         <v>247862</v>
       </c>
       <c r="L2" t="str">
         <v>lstalker55</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
@@ -659,51 +659,51 @@
       </c>
       <c r="AD2">
         <v>4</v>
       </c>
       <c r="AE2">
         <v>3</v>
       </c>
       <c r="AF2">
         <v>5</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>T2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
         <v>4</v>
       </c>
       <c r="D3">
         <v>-1</v>
       </c>
       <c r="E3" t="str">
-        <v>GEN</v>
+        <v>Gen</v>
       </c>
       <c r="F3" t="str">
         <v>1</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="str">
         <v>Joe Barker</v>
       </c>
       <c r="I3">
         <v>5</v>
       </c>
       <c r="J3">
         <v>59</v>
       </c>
       <c r="K3">
         <v>291601</v>
       </c>
       <c r="L3" t="str">
         <v>smokinjoe1</v>
       </c>
       <c r="M3">
         <v>5</v>
       </c>
@@ -757,51 +757,51 @@
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
       <c r="AE3">
         <v>4</v>
       </c>
       <c r="AF3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>T2</v>
       </c>
       <c r="B4">
         <v>2</v>
       </c>
       <c r="C4">
         <v>4</v>
       </c>
       <c r="D4">
         <v>-2</v>
       </c>
       <c r="E4" t="str">
-        <v>GEN</v>
+        <v>Gen</v>
       </c>
       <c r="F4" t="str">
         <v>2</v>
       </c>
       <c r="G4">
         <v>2</v>
       </c>
       <c r="H4" t="str">
         <v>George Midgley</v>
       </c>
       <c r="I4">
         <v>6</v>
       </c>
       <c r="J4">
         <v>60</v>
       </c>
       <c r="K4">
         <v>116044</v>
       </c>
       <c r="L4" t="str">
         <v>georhey2112</v>
       </c>
       <c r="M4">
         <v>6</v>
       </c>
@@ -855,51 +855,51 @@
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
       <c r="AE4">
         <v>4</v>
       </c>
       <c r="AF4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
         <v>4</v>
       </c>
       <c r="C5">
         <v>12</v>
       </c>
       <c r="D5">
         <v>3</v>
       </c>
       <c r="E5" t="str">
-        <v>GEN</v>
+        <v>Gen</v>
       </c>
       <c r="F5" t="str">
         <v>4</v>
       </c>
       <c r="G5">
         <v>4</v>
       </c>
       <c r="H5" t="str">
         <v>Bob Menches</v>
       </c>
       <c r="I5">
         <v>9</v>
       </c>
       <c r="J5">
         <v>63</v>
       </c>
       <c r="K5">
         <v>239707</v>
       </c>
       <c r="L5" t="str">
         <v>bobmenches</v>
       </c>
       <c r="M5">
         <v>9</v>
       </c>