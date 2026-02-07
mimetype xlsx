--- v0 (2026-01-11)
+++ v1 (2026-02-07)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Not Quite Masters</v>
       </c>
       <c r="E2">
         <v>-14</v>
       </c>
       <c r="F2">
         <v>46</v>
       </c>
       <c r="H2" t="str">
-        <v>slamminsammydg,djkramer</v>
+        <v>djkramer,slamminsammydg</v>
       </c>
       <c r="I2">
         <v>-14</v>
       </c>
       <c r="J2">
         <v>46</v>
       </c>
       <c r="K2">
         <v>4</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -634,51 +634,51 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Solar Plasma Fliers</v>
       </c>
       <c r="E3">
         <v>-11</v>
       </c>
       <c r="F3">
         <v>49</v>
       </c>
       <c r="H3" t="str">
-        <v>cmeiklejohn,tfranz70</v>
+        <v>tfranz70,cmeiklejohn</v>
       </c>
       <c r="I3">
         <v>-11</v>
       </c>
       <c r="J3">
         <v>49</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
@@ -717,51 +717,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Controlled Chaos</v>
       </c>
       <c r="E4">
         <v>-9</v>
       </c>
       <c r="F4">
         <v>51</v>
       </c>
       <c r="H4" t="str">
-        <v>gbirkypo,tparker6592</v>
+        <v>tparker6592,gbirkypo</v>
       </c>
       <c r="I4">
         <v>-9</v>
       </c>
       <c r="J4">
         <v>51</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>The Scramblers</v>
       </c>
       <c r="E5">
         <v>-6</v>
       </c>
       <c r="F5">
         <v>54</v>
       </c>
       <c r="H5" t="str">
-        <v>marveldad,joereeder</v>
+        <v>joereeder,marveldad</v>
       </c>
       <c r="I5">
         <v>-6</v>
       </c>
       <c r="J5">
         <v>54</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>