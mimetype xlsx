--- v0 (2025-10-21)
+++ v1 (2025-12-22)
@@ -1958,51 +1958,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
         <v>Dave Beeler</v>
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="F18">
         <v>65</v>
       </c>
       <c r="G18">
         <v>273241</v>
       </c>
       <c r="H18" t="str">
-        <v>acedave</v>
+        <v>aceace</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="J18">
         <v>65</v>
       </c>
       <c r="K18">
         <v>6</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>2</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>