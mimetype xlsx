--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -628,366 +628,372 @@
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Anthony pecoraro</v>
+        <v>Dom Koury</v>
       </c>
       <c r="E3">
         <v>-2</v>
       </c>
       <c r="F3">
         <v>56</v>
       </c>
+      <c r="G3">
+        <v>320198</v>
+      </c>
       <c r="H3" t="str">
-        <v>anthonypec52</v>
+        <v>frankybigfoot</v>
       </c>
       <c r="I3">
         <v>-2</v>
       </c>
       <c r="J3">
         <v>56</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q3">
+        <v>3</v>
+      </c>
+      <c r="R3">
+        <v>3</v>
+      </c>
+      <c r="S3">
+        <v>3</v>
+      </c>
+      <c r="T3">
+        <v>3</v>
+      </c>
+      <c r="U3">
+        <v>4</v>
+      </c>
+      <c r="V3">
         <v>2</v>
       </c>
-      <c r="R3">
-[...13 lines deleted...]
-      </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
-        <v>Dom Koury</v>
+        <v>Anthony pecoraro</v>
       </c>
       <c r="E4">
         <v>-2</v>
       </c>
       <c r="F4">
         <v>56</v>
       </c>
       <c r="H4" t="str">
-        <v>frankybigfoot</v>
+        <v>anthonypec52</v>
       </c>
       <c r="I4">
         <v>-2</v>
       </c>
       <c r="J4">
         <v>56</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
+        <v>3</v>
+      </c>
+      <c r="P4">
+        <v>3</v>
+      </c>
+      <c r="Q4">
         <v>2</v>
       </c>
-      <c r="P4">
-[...4 lines deleted...]
-      </c>
       <c r="R4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V4">
+        <v>3</v>
+      </c>
+      <c r="W4">
+        <v>3</v>
+      </c>
+      <c r="X4">
+        <v>3</v>
+      </c>
+      <c r="Y4">
         <v>2</v>
-      </c>
-[...7 lines deleted...]
-        <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Jetty Dingus</v>
+        <v>Pete Glocker</v>
       </c>
       <c r="E5">
         <v>5</v>
       </c>
       <c r="F5">
         <v>63</v>
       </c>
+      <c r="G5">
+        <v>320143</v>
+      </c>
       <c r="H5" t="str">
-        <v>epileptictoilet</v>
+        <v>peteglocker</v>
       </c>
       <c r="I5">
         <v>5</v>
       </c>
       <c r="J5">
         <v>63</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M5">
+        <v>4</v>
+      </c>
+      <c r="N5">
+        <v>3</v>
+      </c>
+      <c r="O5">
+        <v>3</v>
+      </c>
+      <c r="P5">
+        <v>4</v>
+      </c>
+      <c r="Q5">
+        <v>3</v>
+      </c>
+      <c r="R5">
+        <v>4</v>
+      </c>
+      <c r="S5">
+        <v>3</v>
+      </c>
+      <c r="T5">
+        <v>3</v>
+      </c>
+      <c r="U5">
+        <v>4</v>
+      </c>
+      <c r="V5">
+        <v>4</v>
+      </c>
+      <c r="W5">
+        <v>4</v>
+      </c>
+      <c r="X5">
+        <v>4</v>
+      </c>
+      <c r="Y5">
+        <v>3</v>
+      </c>
+      <c r="Z5">
+        <v>3</v>
+      </c>
+      <c r="AA5">
         <v>2</v>
-      </c>
-[...40 lines deleted...]
-        <v>3</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Pete Glocker</v>
+        <v>Jetty Dingus</v>
       </c>
       <c r="E6">
         <v>5</v>
       </c>
       <c r="F6">
         <v>63</v>
       </c>
       <c r="H6" t="str">
-        <v>peteglocker</v>
+        <v>epileptictoilet</v>
       </c>
       <c r="I6">
         <v>5</v>
       </c>
       <c r="J6">
         <v>63</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
         <v>4</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X6">
         <v>4</v>
       </c>
       <c r="Y6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Alex victa</v>
       </c>
       <c r="E7">
         <v>8</v>
       </c>
       <c r="F7">
         <v>66</v>
       </c>
       <c r="H7" t="str">