--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -550,50 +550,53 @@
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E2">
         <v>-4</v>
       </c>
       <c r="F2">
         <v>50</v>
       </c>
+      <c r="G2">
+        <v>320198</v>
+      </c>
       <c r="H2" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I2">
         <v>-4</v>
       </c>
       <c r="J2">
         <v>50</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
@@ -970,50 +973,53 @@
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E7">
         <v>8</v>
       </c>
       <c r="F7">
         <v>62</v>
+      </c>
+      <c r="G7">
+        <v>320143</v>
       </c>
       <c r="H7" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I7">
         <v>8</v>
       </c>
       <c r="J7">
         <v>62</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>